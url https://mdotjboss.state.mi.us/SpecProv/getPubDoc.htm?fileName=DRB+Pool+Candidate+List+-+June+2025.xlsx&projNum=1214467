--- v0 (2025-11-21)
+++ v1 (2026-03-13)
@@ -1,217 +1,182 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="c:\pwise\d1214467\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8F84813D-000C-46EA-B3FA-80DF99310B49}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6FBFB609-83FE-4EED-9680-DE57D5CFFF7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="tObBEyiTotkR9VwoxwIeFo+AWfF5pIHPK8Gz3HnboFXlKkuI6dG9ACRIrqa4NQLfJA69fb4j7tk01WrcEAv1wQ==" workbookSaltValue="pHENdkYlSOiplYAdEHxdNw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="375" windowWidth="25440" windowHeight="15270" xr2:uid="{524C3A7A-F76D-4F15-8FAD-B4F5C5218A04}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{524C3A7A-F76D-4F15-8FAD-B4F5C5218A04}"/>
   </bookViews>
   <sheets>
     <sheet name="DRB Candidate List" sheetId="2" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DRB Candidate List'!$D$1:$D$172</definedName>
     <definedName name="input">'[1]Candidate Search'!$E$2</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'DRB Candidate List'!$A$1:$F$68</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'DRB Candidate List'!$A$1:$E$67</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="354">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="270">
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>roape1@aol.com</t>
   </si>
   <si>
     <t>734-455-0029</t>
   </si>
   <si>
-    <t>Y(2012)</t>
-[...1 lines deleted...]
-  <si>
     <t>mar11soc@aol.com</t>
   </si>
   <si>
     <t>440-670-1205</t>
   </si>
   <si>
-    <t>Y</t>
-[...1 lines deleted...]
-  <si>
     <t>gula53@yahoo.com</t>
   </si>
   <si>
     <t>906-281-1772</t>
   </si>
   <si>
-    <t>Y (2016)</t>
-[...1 lines deleted...]
-  <si>
     <t>wbbritt@gmail.com</t>
   </si>
   <si>
     <t>805-312-4895</t>
   </si>
   <si>
-    <t>ebrown@constructionlawyers.com</t>
-[...4 lines deleted...]
-  <si>
     <t>tothehighcalling@carolina.rr.com</t>
   </si>
   <si>
     <t>631-896-1299</t>
   </si>
   <si>
-    <t>Y(2010)</t>
-[...1 lines deleted...]
-  <si>
     <t>michael@corneliusconsultants.com</t>
   </si>
   <si>
     <t>760-519-3891</t>
   </si>
   <si>
-    <t>Y(2009)</t>
-[...1 lines deleted...]
-  <si>
     <t>bob.daavettila@tetratech.com</t>
   </si>
   <si>
-    <t>Y(2015)</t>
-[...1 lines deleted...]
-  <si>
     <t>cepeauw3@sbcglobal.net</t>
   </si>
   <si>
     <t>313-926-0072</t>
   </si>
   <si>
     <t>jimdoebler@cox.net</t>
   </si>
   <si>
     <t>757-221-0749</t>
   </si>
   <si>
-    <t>Y(2007)</t>
-[...1 lines deleted...]
-  <si>
     <t>517-526-4215</t>
   </si>
   <si>
     <t>jim@jimfoley.com</t>
   </si>
   <si>
     <t>408-777-9917</t>
   </si>
   <si>
-    <t>Y(2010 CA)</t>
-[...1 lines deleted...]
-  <si>
     <t>jhf2112@hotmail.com</t>
   </si>
   <si>
     <t>231-873-9591</t>
   </si>
   <si>
-    <t>Y (2015)</t>
-[...1 lines deleted...]
-  <si>
     <t>rbf@richardfullerton.com</t>
   </si>
   <si>
     <t>303-229-8668</t>
   </si>
   <si>
     <t>aagold@cms-tx.us</t>
   </si>
   <si>
     <t>479-6894602</t>
   </si>
   <si>
     <t>diane@dgrconsultants.com</t>
   </si>
   <si>
     <t>214-328-9677</t>
   </si>
   <si>
-    <t>Y(2002)</t>
-[...1 lines deleted...]
-  <si>
     <t>cgondy@ces-consultingllc.com</t>
   </si>
   <si>
     <t>571-402-9162</t>
   </si>
   <si>
     <t>heather@hendgesdm.com</t>
   </si>
   <si>
     <t>616-293-8591</t>
   </si>
   <si>
     <t>thesmond@aol.com</t>
   </si>
   <si>
     <t>440-670-7584</t>
   </si>
   <si>
     <t>seabee1111@msn.com</t>
   </si>
   <si>
     <t>sjaiyesimi@urbanengineeringsolutions.com</t>
   </si>
   <si>
     <t>313-434-8282</t>
@@ -246,53 +211,50 @@
   <si>
     <t>231-723-1198</t>
   </si>
   <si>
     <t>ynenaydykh@bloomcos.com</t>
   </si>
   <si>
     <t>414-467-9947</t>
   </si>
   <si>
     <t>ottoj@lsengineering.com</t>
   </si>
   <si>
     <t>616-292-8455</t>
   </si>
   <si>
     <t>patzerllc@aol.com</t>
   </si>
   <si>
     <t>517-545-8268</t>
   </si>
   <si>
     <t>edward.plotkin@gmail.com</t>
   </si>
   <si>
-    <t>Y (DRBF Instructor)</t>
-[...1 lines deleted...]
-  <si>
     <t>awadhpra@gmail.com</t>
   </si>
   <si>
     <t>313-220-4400</t>
   </si>
   <si>
     <t>crajala@benesch.com</t>
   </si>
   <si>
     <t>517-482-1682</t>
   </si>
   <si>
     <t>dreaum0973@charter.net</t>
   </si>
   <si>
     <t>734-243-0973</t>
   </si>
   <si>
     <t>galerewa@gmail.com</t>
   </si>
   <si>
     <t>269-355-2379</t>
   </si>
   <si>
     <t>rothgroupinc@aol.com</t>
@@ -321,841 +283,651 @@
   <si>
     <t>jwashler@preinnewhof.com</t>
   </si>
   <si>
     <t>616-364-8491</t>
   </si>
   <si>
     <t>JIM.WEEKS.PE@ATT.NET</t>
   </si>
   <si>
     <t>850-982-6980</t>
   </si>
   <si>
     <t>welkebobbi1@gmail.com</t>
   </si>
   <si>
     <t>269-217-5901</t>
   </si>
   <si>
     <t>wilson35.dw@gmail.com</t>
   </si>
   <si>
     <t>734-777-1913</t>
   </si>
   <si>
-    <t>Y (2017)</t>
-[...1 lines deleted...]
-  <si>
     <t>906-630-9605</t>
   </si>
   <si>
     <t>vanportfliet2016@gmail.com</t>
   </si>
   <si>
     <t>Kirk.branson01@comcast.net</t>
   </si>
   <si>
     <t>517-719-2246</t>
   </si>
   <si>
     <t>greg.johnson@wsp.com</t>
   </si>
   <si>
     <t>248-878-7282</t>
   </si>
   <si>
     <t>stuecherm@comcast.net</t>
   </si>
   <si>
     <t>248-875-8257</t>
   </si>
   <si>
     <t>Name (Link to PW Folder)</t>
   </si>
   <si>
-    <t>Name</t>
-[...4 lines deleted...]
-  <si>
     <t>Anderson, Richard</t>
   </si>
   <si>
-    <t>R. Anderson</t>
-[...4 lines deleted...]
-  <si>
     <t>Bacon, Mark</t>
   </si>
   <si>
-    <t>M. Bacon</t>
-[...4 lines deleted...]
-  <si>
     <t>Benda, Karl</t>
   </si>
   <si>
-    <t>K. Benda</t>
-[...4 lines deleted...]
-  <si>
     <t>Branson, Kirk</t>
   </si>
   <si>
-    <t>K. Branson</t>
-[...4 lines deleted...]
-  <si>
     <t>Britt, Butch</t>
   </si>
   <si>
-    <t>B. Britt</t>
-[...16 lines deleted...]
-  <si>
     <t>Caldwell, Marion</t>
   </si>
   <si>
-    <t>M. Caldwell</t>
-[...4 lines deleted...]
-  <si>
     <t>Cornelius, Michael</t>
   </si>
   <si>
-    <t>M. Cornelius</t>
-[...4 lines deleted...]
-  <si>
     <t>Daavettila, Robert</t>
   </si>
   <si>
-    <t>R. Daavettila</t>
-[...4 lines deleted...]
-  <si>
     <t>Dargin, Cedric</t>
   </si>
   <si>
-    <t>C. Dargin</t>
-[...4 lines deleted...]
-  <si>
     <t>Doebler, Jim</t>
   </si>
   <si>
-    <t>J. Doebler</t>
-[...4 lines deleted...]
-  <si>
     <t>Earl, Steve</t>
   </si>
   <si>
-    <t>S. Earl</t>
-[...4 lines deleted...]
-  <si>
     <t>Foley, James</t>
   </si>
   <si>
-    <t>J. Foley</t>
-[...4 lines deleted...]
-  <si>
     <t>Foss, John</t>
   </si>
   <si>
-    <t>J. Foss</t>
-[...4 lines deleted...]
-  <si>
     <t>Friend, John</t>
   </si>
   <si>
-    <t>J. Friend</t>
-[...1 lines deleted...]
-  <si>
     <t>Fullerton, Richard</t>
   </si>
   <si>
-    <t>R. Fullerton</t>
-[...4 lines deleted...]
-  <si>
     <t>Goldsmith, Andrew</t>
   </si>
   <si>
-    <t>A. Goldsmith</t>
-[...4 lines deleted...]
-  <si>
     <t>Gollhofer, Diane</t>
   </si>
   <si>
-    <t>D. Gollhofer</t>
-[...4 lines deleted...]
-  <si>
     <t>Gondy, Chowdhary</t>
   </si>
   <si>
-    <t>C. Gondy</t>
-[...4 lines deleted...]
-  <si>
     <t>Hendges, Heather</t>
   </si>
   <si>
-    <t>H. Hendges</t>
-[...4 lines deleted...]
-  <si>
     <t>Hesmond, Thomas</t>
   </si>
   <si>
-    <t>T. Hesmond</t>
-[...4 lines deleted...]
-  <si>
     <t>Hinton, Bill</t>
   </si>
   <si>
-    <t>B. Hinton</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">303-355-6988 </t>
   </si>
   <si>
     <t>Jaiyesimi, Sunday</t>
   </si>
   <si>
-    <t>S. Jaiyesimi</t>
-[...4 lines deleted...]
-  <si>
     <t>Johnson, Greg</t>
   </si>
   <si>
-    <t>G. Johnson</t>
-[...4 lines deleted...]
-  <si>
     <t>Kelly, Fred</t>
   </si>
   <si>
-    <t>F. Kelly</t>
-[...1 lines deleted...]
-  <si>
     <t>Larabel, Thomas</t>
   </si>
   <si>
-    <t>T. Larabel</t>
-[...4 lines deleted...]
-  <si>
     <t>McDonough, Frank</t>
   </si>
   <si>
-    <t>F. McDonough</t>
-[...4 lines deleted...]
-  <si>
     <t>McKittrick, Harold</t>
   </si>
   <si>
-    <t>H. McKittrick</t>
-[...4 lines deleted...]
-  <si>
     <t>Mikula, Jeffrey</t>
   </si>
   <si>
-    <t>J. Mikula</t>
-[...1 lines deleted...]
-  <si>
     <t>Manistee, MI</t>
   </si>
   <si>
     <t>Nenaydykh, Yakov</t>
   </si>
   <si>
-    <t>Y. Nenaydykh</t>
-[...4 lines deleted...]
-  <si>
     <t>Otto, John</t>
   </si>
   <si>
-    <t>J. Otto</t>
-[...4 lines deleted...]
-  <si>
     <t>Patzer, Robert</t>
   </si>
   <si>
-    <t>R. Patzer</t>
-[...4 lines deleted...]
-  <si>
     <t>Plotkin, Edward</t>
   </si>
   <si>
-    <t>E. Plotkin</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">614-693-1659 </t>
   </si>
   <si>
     <t>Prasad, Awadh</t>
   </si>
   <si>
-    <t>A. Prasad</t>
-[...4 lines deleted...]
-  <si>
     <t>Rajala, Chad</t>
   </si>
   <si>
-    <t>C. Rajala</t>
-[...1 lines deleted...]
-  <si>
     <t>Reaume, Dale</t>
   </si>
   <si>
-    <t>D. Reaume</t>
-[...4 lines deleted...]
-  <si>
     <t>Rewa, Gale</t>
   </si>
   <si>
-    <t>G. Rewa</t>
-[...4 lines deleted...]
-  <si>
     <t>Roth, Jeffery</t>
   </si>
   <si>
-    <t>J. Roth</t>
-[...4 lines deleted...]
-  <si>
     <t>Saddik, Farid</t>
   </si>
   <si>
-    <t>F. Saddik</t>
-[...7 lines deleted...]
-  <si>
     <t>Spittler, John</t>
   </si>
   <si>
-    <t>J. Spittler</t>
-[...4 lines deleted...]
-  <si>
     <t>Stuecher, Mark</t>
   </si>
   <si>
-    <t>M. Stuecher</t>
-[...4 lines deleted...]
-  <si>
     <t>Udegbunam, Oge</t>
   </si>
   <si>
-    <t>O. Udegbunam</t>
-[...4 lines deleted...]
-  <si>
     <t>VanPortfliet, Randel</t>
   </si>
   <si>
-    <t>R. VanPortfliet</t>
-[...4 lines deleted...]
-  <si>
     <t>Washler, Jason</t>
   </si>
   <si>
-    <t>J. Washler</t>
-[...4 lines deleted...]
-  <si>
     <t>Weeks, James</t>
   </si>
   <si>
-    <t>J. Weeks</t>
-[...4 lines deleted...]
-  <si>
     <t>Welke, Roberta</t>
   </si>
   <si>
-    <t>R. Welke</t>
-[...4 lines deleted...]
-  <si>
     <t>Wilson, Dave</t>
   </si>
   <si>
-    <t>D. Wilson</t>
-[...4 lines deleted...]
-  <si>
     <t>Morrison, James</t>
   </si>
   <si>
-    <t>Omena, MI</t>
-[...1 lines deleted...]
-  <si>
     <t>231-944-9732</t>
   </si>
   <si>
     <t>jsmn@cowi.com</t>
   </si>
   <si>
     <t>lauerml@cdmsmith.com</t>
   </si>
   <si>
     <t>517-282-6277</t>
   </si>
   <si>
-    <t>Y(2019)</t>
-[...1 lines deleted...]
-  <si>
     <t>Lauer, Marge</t>
   </si>
   <si>
     <t>Woods, Jim</t>
   </si>
   <si>
     <t>jim.woods@ohm-advisors.com</t>
   </si>
   <si>
-    <t>Shelbyville, MI</t>
-[...1 lines deleted...]
-  <si>
     <t>269-998-6789</t>
   </si>
   <si>
-    <t>Y (2012)</t>
-[...1 lines deleted...]
-  <si>
     <t>randall.over@mac.com</t>
   </si>
   <si>
-    <t>Middleburg Heights, OH</t>
-[...1 lines deleted...]
-  <si>
     <t>440-263-3435</t>
   </si>
   <si>
-    <t>Y(2006)</t>
-[...4 lines deleted...]
-  <si>
     <t>Over, Randy</t>
   </si>
   <si>
     <t>734-216-4461</t>
   </si>
   <si>
-    <t>Levering, MI</t>
-[...4 lines deleted...]
-  <si>
     <t>313-617-9020</t>
   </si>
   <si>
     <t>edwin.tatem@yahoo.com</t>
   </si>
   <si>
     <t>Tatem, Edwin</t>
   </si>
   <si>
     <t>earlengdrb@gmail.com</t>
   </si>
   <si>
-    <t>M. Lauer</t>
-[...13 lines deleted...]
-  <si>
     <t>Cooper, Dennis</t>
   </si>
   <si>
     <t>248-804-6332</t>
   </si>
   <si>
     <t>cooperd28@gmail.com</t>
   </si>
   <si>
-    <t>D. Cooper</t>
-[...4 lines deleted...]
-  <si>
     <t>Young, Larry</t>
   </si>
   <si>
     <t>Larry.young@sme-usa.com</t>
   </si>
   <si>
-    <t>Macomb, MI</t>
-[...1 lines deleted...]
-  <si>
     <t>586-850-3039</t>
   </si>
   <si>
-    <t>Y (2019)</t>
-[...16 lines deleted...]
-  <si>
     <t>Brooks, Andre</t>
   </si>
   <si>
-    <t>A. Brooks</t>
-[...1 lines deleted...]
-  <si>
     <t>andreb@abe-engineers.com</t>
   </si>
   <si>
-    <t>Detroit , MI</t>
-[...1 lines deleted...]
-  <si>
     <t>313-475-2549</t>
   </si>
   <si>
     <t>Nystrom, Mike</t>
   </si>
   <si>
-    <t>M. Nystrom</t>
-[...1 lines deleted...]
-  <si>
     <t>mikenystrom@comcast.net</t>
   </si>
   <si>
-    <t>East Lansing, MI</t>
-[...1 lines deleted...]
-  <si>
     <t>517-896-1493</t>
   </si>
   <si>
     <t>O'Mara, Steven</t>
   </si>
   <si>
-    <t>S. O'Mara</t>
-[...1 lines deleted...]
-  <si>
     <t>omaraconsultingllc@gmail.com</t>
   </si>
   <si>
-    <t>Essexville, MI</t>
-[...1 lines deleted...]
-  <si>
     <t>989-239-0136</t>
   </si>
   <si>
     <t>Smith, Carol</t>
   </si>
   <si>
-    <t>C. Smith</t>
-[...1 lines deleted...]
-  <si>
     <t>smithc@LSEngineering.com</t>
   </si>
   <si>
-    <t>Training Completed / Eligible to Serve</t>
-[...1 lines deleted...]
-  <si>
     <t>Deines, Tom</t>
   </si>
   <si>
-    <t>T. Deines</t>
-[...1 lines deleted...]
-  <si>
     <t>tntconsulting14@gmail.com</t>
   </si>
   <si>
-    <t>Chattanooga, TN</t>
-[...1 lines deleted...]
-  <si>
     <t>541-285-4113</t>
   </si>
   <si>
-    <t>Y (2018)</t>
-[...4 lines deleted...]
-  <si>
     <t>Richter, Barb</t>
   </si>
   <si>
-    <t>B. Richter</t>
-[...1 lines deleted...]
-  <si>
     <t>richterb@LSEngineering.com</t>
   </si>
   <si>
     <t>616-292-5544</t>
   </si>
   <si>
     <t>Wessels, Kelly</t>
   </si>
   <si>
     <t>kwessels@fishbeck.com</t>
   </si>
   <si>
-    <t>Cincinatti, OH</t>
-[...1 lines deleted...]
-  <si>
     <t>513-477-3073</t>
   </si>
   <si>
-    <t>K. Wessels</t>
-[...1 lines deleted...]
-  <si>
     <t>Hemmingsen, Michael</t>
   </si>
   <si>
     <t>hemmingsenm@msn.com</t>
   </si>
   <si>
-    <t>Lapeer, MI</t>
-[...1 lines deleted...]
-  <si>
     <t>810-834-7271</t>
   </si>
   <si>
-    <t>Y (2024)</t>
-[...1 lines deleted...]
-  <si>
     <t>Holbert, Ken</t>
   </si>
   <si>
     <t>Blue_water_9724@icloud.com</t>
   </si>
   <si>
-    <t>Auburn Hills, MI</t>
-[...1 lines deleted...]
-  <si>
     <t>248-388-1851</t>
   </si>
   <si>
-    <t>P. Steinman</t>
-[...1 lines deleted...]
-  <si>
     <t>Steinman, Paul</t>
   </si>
   <si>
     <t>paul@rawlinsic.com</t>
   </si>
   <si>
-    <t>Raleigh, NC</t>
-[...1 lines deleted...]
-  <si>
     <t>850-363-0947</t>
   </si>
   <si>
     <t>616-292-3870</t>
   </si>
   <si>
-    <t>Y (2023)</t>
-[...10 lines deleted...]
-  <si>
     <t>No longer accepting additional DRB service</t>
   </si>
   <si>
-    <t>J. Bigelow</t>
-[...1 lines deleted...]
-  <si>
     <t>Bigelow, Jeff</t>
   </si>
   <si>
     <t>jeff.bigelow@glengineering.com</t>
   </si>
   <si>
-    <t>Eaton Rapids, MI</t>
-[...1 lines deleted...]
-  <si>
     <t>517-285-1149</t>
   </si>
   <si>
-    <t>Y (2025)</t>
-[...2 lines deleted...]
-    <t>* Please contact Brad Daavettila (DaavettilaB2@michigan.gov) for any changes or corrections.</t>
+    <t>Albada, Edward</t>
+  </si>
+  <si>
+    <t>805-335-0495</t>
+  </si>
+  <si>
+    <t>ealbada@gmail.com</t>
+  </si>
+  <si>
+    <t>State</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> City</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>MI</t>
+  </si>
+  <si>
+    <t>OH</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>TN</t>
+  </si>
+  <si>
+    <t>VA</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>TX</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>NY</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>Santa Barbara</t>
+  </si>
+  <si>
+    <t>Canton</t>
+  </si>
+  <si>
+    <t>Rocky River</t>
+  </si>
+  <si>
+    <t>Calumet</t>
+  </si>
+  <si>
+    <t>Eaton Rapids</t>
+  </si>
+  <si>
+    <t>Lansing</t>
+  </si>
+  <si>
+    <t>Detroit</t>
+  </si>
+  <si>
+    <t>Waxhaw</t>
+  </si>
+  <si>
+    <t>Bloomfield Hills</t>
+  </si>
+  <si>
+    <t>Carlsbad</t>
+  </si>
+  <si>
+    <t>Brighton</t>
+  </si>
+  <si>
+    <t>Chattanooga</t>
+  </si>
+  <si>
+    <t>Williamsburg</t>
+  </si>
+  <si>
+    <t>Lyons</t>
+  </si>
+  <si>
+    <t>Saratoga</t>
+  </si>
+  <si>
+    <t>Mears</t>
+  </si>
+  <si>
+    <t>Macomb</t>
+  </si>
+  <si>
+    <t>Shelbyville</t>
+  </si>
+  <si>
+    <t>Highland</t>
+  </si>
+  <si>
+    <t>Cincinatti</t>
+  </si>
+  <si>
+    <t>Coldwater</t>
+  </si>
+  <si>
+    <t>Gulf Breeze</t>
+  </si>
+  <si>
+    <t>Grand Rapids</t>
+  </si>
+  <si>
+    <t>Escanaba</t>
+  </si>
+  <si>
+    <t>Livonia</t>
+  </si>
+  <si>
+    <t>West Bloomfield</t>
+  </si>
+  <si>
+    <t>Waterford</t>
+  </si>
+  <si>
+    <t>Raleigh</t>
+  </si>
+  <si>
+    <t>Saline</t>
+  </si>
+  <si>
+    <t>Greenville</t>
+  </si>
+  <si>
+    <t>Santa Clara</t>
+  </si>
+  <si>
+    <t>Birmingham</t>
+  </si>
+  <si>
+    <t>Allegan</t>
+  </si>
+  <si>
+    <t>Monroe</t>
+  </si>
+  <si>
+    <t>Dobbs Ferry</t>
+  </si>
+  <si>
+    <t>Howell</t>
+  </si>
+  <si>
+    <t>Middleburg Heights</t>
+  </si>
+  <si>
+    <t>Essexville</t>
+  </si>
+  <si>
+    <t>East Lansing</t>
+  </si>
+  <si>
+    <t>New Berlin</t>
+  </si>
+  <si>
+    <t>Omena</t>
+  </si>
+  <si>
+    <t>Oakton</t>
+  </si>
+  <si>
+    <t>Denver</t>
+  </si>
+  <si>
+    <t>Hackett</t>
+  </si>
+  <si>
+    <t>Dallas</t>
+  </si>
+  <si>
+    <t>South Riding</t>
+  </si>
+  <si>
+    <t>Lapeer</t>
+  </si>
+  <si>
+    <t>Portland</t>
+  </si>
+  <si>
+    <t>Avon</t>
+  </si>
+  <si>
+    <t>Auburn Hills</t>
+  </si>
+  <si>
+    <t>Novi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wixom </t>
+  </si>
+  <si>
+    <t>Levering</t>
+  </si>
+  <si>
+    <t>Traverse City</t>
+  </si>
+  <si>
+    <t>Fairfax</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Please contact </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>DaavettilaB2@michigan.gov</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> for any changes or corrections.</t>
+    </r>
+  </si>
+  <si>
+    <t>Updated January 2026</t>
+  </si>
+  <si>
+    <t>Camarillo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1177,107 +949,104 @@
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
-      <name val="Arial"/>
-[...9 lines deleted...]
-      <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="54"/>
         <bgColor indexed="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -1302,183 +1071,139 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="5" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="2" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="5" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="3" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...1 lines deleted...]
-    <xf numFmtId="14" fontId="8" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="5" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hyperlink" xfId="5" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{2AA84035-05B1-4B5C-A46F-49589A9F8907}"/>
     <cellStyle name="Hyperlink 2 2" xfId="4" xr:uid="{0F0584E1-A4A9-4AC7-A335-3D76C025C03D}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{E6E89BF0-586F-46B6-9574-1CBE075F2DB4}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{603EE32B-F507-46D9-9C45-C816CDDD0F5E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
@@ -1784,5861 +1509,5515 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.daavettila@tetratech.com" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stuecherm@comcast.net" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patzerllc@aol.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b63c3dab0-b0a7-4523-bb24-e95055e17e72%7d/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b2a0dac44-76dd-4781-837e-340e1306d005%7d/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bace88263-8846-4f6d-918b-dca1bd24fd1b%7d/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7ba8713ce4-9064-4a41-8a9a-210d414fdeff%7d/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw:\\HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise\Documents\External%20Partnerships\Dispute%20Review%20Board%20(DRB)\Morrison,%20James\" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b55aa8806-3a5f-4b9f-86d4-430cddd77af7%7d/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wilson35.dw@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jimdoebler@cox.net" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tntconsulting14@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebrown@constructionlawyers.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ynenaydykh@bloomcos.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b131c1055-ef1f-4807-8a01-991c708b3b12%7d/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b768e3f83-678c-4559-b9c3-7c516ba13cdc%7d/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bbb41f24e-95a5-4991-8f06-085ee63c4b1f%7d/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b7d2e758c-4b25-4678-895f-af313e7e9df3%7d/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b7dc0a924-c798-4b58-bba8-369541f4d30f%7d/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b85ef2aaa-f4fa-4905-957e-9dac24cbf02b%7d/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rbf@richardfullerton.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b4ca80c07-958d-4f5e-ac21-11f9aaa55cd5%7d/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rothgroupinc@aol.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edwin.tatem@yahoo.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Larry.young@sme-usa.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aagold@cms-tx.us" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diane@dgrconsultants.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dreaum0973@charter.net" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kcmaone@aol.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jhf2112@hotmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roape1@aol.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7be4507097-240b-4f90-b152-47196bde1c7c%7d/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bf36e8137-306b-4b57-aee5-8986e71bcc1f%7d/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bc2ffd10b-4d5f-4d7d-8da7-d206fbc32888%7d/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b1c7ba900-9763-4466-b292-91ead2a73e22%7d/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b3ad15356-d8c6-4a0d-b64f-5d355b7343d5%7d/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7be1974882-ebde-4d8f-98a9-43a138db303d%7d/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omaraconsultingllc@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b734a5741-29dd-4412-a79a-89afda6a93ad%7d/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.woods@ohm-advisors.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Farid@Saddik.net" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul@rawlinsic.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@jimfoley.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bfb8d6c83-418e-42a2-b864-911145734aef%7d/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b03a5a56f-1a1d-41e6-b9c2-08317f1f98bf%7d/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b185cf62c-712f-4798-a289-d8d7c54d6c7a%7d/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lauerml@cdmsmith.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cooperd28@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreb@abe-engineers.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awadhpra@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.spittler@spittlerstrategicservices.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seabee1111@msn.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hmckittr@cox.net" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thesmond@aol.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mar11soc@aol.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b654b5645-9dd0-422b-817b-4048ba2a710f%7d/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b3794235b-c436-43b3-9bc0-f255fae094cd%7d/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bb6817d3b-a46d-4733-811a-3ff68f676899%7d/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b0ae93266-1032-4fc0-8398-f2608cc77280%7d/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b69fa2b8a-c357-4600-a7bc-d7ac4e96aa08%7d/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7bbce20041-46a7-4f4f-b2be-77c316ac4279%7d/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ogeu@tymeengineering.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Blue_water_9724@icloud.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:earlengdrb@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b51e07ae0-e5b4-43c4-8b1e-48be729fe6ab%7d/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b0e9493d6-80d3-4504-9a08-304118e76d53%7d/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7ba0b9e78a-31a1-4293-901d-792e50171937%7d/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b3081df2a-dc0a-4d00-9365-0a03e704bcd7%7d/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b7cde706b-d44c-4004-8bbe-3a715d3f2e17%7d/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsmn@cowi.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/D%7ba2609fe3-8db0-4cb7-a2dc-ae7bbdf18a84%7d" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b65758454-5201-401c-a4c4-858d0ce0e781%7d/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:glennbukoski@gmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwessels@fishbeck.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wbbritt@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@corneliusconsultants.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JIM.WEEKS.PE@ATT.NET" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:galerewa@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ottoj@lsengineering.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kirk.branson01@comcast.net" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7ba0354984-2fe5-435e-b8be-2480eb5f9ffb%7d/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b07a91878-5e05-41d1-b2d8-f0fd74651c8c%7d/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b77e8ff77-657f-46e7-b60c-350f49ad3df0%7d/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:welkebobbi1@gmail.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:greg.johnson@wsp.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff.bigelow@glengineering.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmikula@abonmarche.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cepeauw3@sbcglobal.net" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b956b664f-7cf2-4e5e-b218-df418f73e237%7d/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b065d0a0d-f4f6-41cb-b824-9a79a6e42ae6%7d/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b923e13e6-c1d7-4cb3-b7ca-c27cce9aa9f7%7d/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bb17506f4-f6a5-40cb-a616-ae8de45f180a%7d/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b45da720f-d0dc-4159-8ab1-3fab8eb967a0%7d/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b49276fb2-5620-4812-a6d3-5f9fc29b9313%7d/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b4c669264-770f-4988-919c-4ee0b2d6984a%7d/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b94990086-8935-497c-b33f-5de52c7309a1%7d/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b0a68f53f-05f6-4ebb-92df-fdc36d822614%7d/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b053562f6-0f58-43f8-912c-a40d0702836c%7d/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikenystrom@comcast.net" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gula53@yahoo.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmcdonough@mbpce.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tothehighcalling@carolina.rr.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crajala@benesch.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lara6@ferris.edu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b2d7957d9-37f6-488c-a77e-45eee879cd8f%7d/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richterb@LSEngineering.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sjaiyesimi@urbanengineeringsolutions.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b4eae1720-654c-401d-abfb-0fd56ee88a3b%7d/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b629e85de-e3ff-4582-a55b-6b5cf8229bdb%7d/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b4df6304d-788e-4d47-8419-71bbc6d4f68c%7d/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b4bef2e8f-3eb4-4774-b677-704c9e758749%7d/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smithc@LSEngineering.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:randall.over@mac.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hemmingsenm@msn.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edward.plotkin@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b27680d1f-0cdb-4488-a747-ef4f955ec0d7%7d/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7bf7d90619-07b9-4170-aefc-301b9b8e5213%7d/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jwashler@preinnewhof.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather@hendgesdm.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cgondy@ces-consultingllc.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bfe759c41-1dbe-4908-8ae4-d518f8967a8b%7d/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b2d509d46-fed7-48ed-9f9a-0b191a223a2a%7d/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b1364797d-0a78-4495-805d-014b0f09ec61%7d/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b8c996d90-dc25-4ed6-adfb-a88e99b357f1%7d/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b7a46090d-f67b-471b-9f8c-4e6a4b5134c5%7d/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vanportfliet2016@gmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b9849f07f-f671-4eae-8c7a-a3eee45b75df%7d/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b95cc547b-cd6e-468a-b7b5-b644a64822a9%7d/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kcmaone@aol.com" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awadhpra@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dreaum0973@charter.net" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b956b664f-7cf2-4e5e-b218-df418f73e237%7d/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7ba0354984-2fe5-435e-b8be-2480eb5f9ffb%7d/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bb17506f4-f6a5-40cb-a616-ae8de45f180a%7d/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b3081df2a-dc0a-4d00-9365-0a03e704bcd7%7d/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b94990086-8935-497c-b33f-5de52c7309a1%7d/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b65758454-5201-401c-a4c4-858d0ce0e781%7d/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ogeu@tymeengineering.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hmckittr@cox.net" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwessels@fishbeck.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seabee1111@msn.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mar11soc@aol.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b654b5645-9dd0-422b-817b-4048ba2a710f%7d/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b629e85de-e3ff-4582-a55b-6b5cf8229bdb%7d/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b923e13e6-c1d7-4cb3-b7ca-c27cce9aa9f7%7d/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b4df6304d-788e-4d47-8419-71bbc6d4f68c%7d/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b4c669264-770f-4988-919c-4ee0b2d6984a%7d/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b77e8ff77-657f-46e7-b60c-350f49ad3df0%7d/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff.bigelow@glengineering.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rothgroupinc@aol.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7bf7d90619-07b9-4170-aefc-301b9b8e5213%7d/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b053562f6-0f58-43f8-912c-a40d0702836c%7d/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:earlengdrb@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JIM.WEEKS.PE@ATT.NET" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:galerewa@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ottoj@lsengineering.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cepeauw3@sbcglobal.net" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kirk.branson01@comcast.net" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b2d509d46-fed7-48ed-9f9a-0b191a223a2a%7d/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b4eae1720-654c-401d-abfb-0fd56ee88a3b%7d/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bbb41f24e-95a5-4991-8f06-085ee63c4b1f%7d/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b1364797d-0a78-4495-805d-014b0f09ec61%7d/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b27680d1f-0cdb-4488-a747-ef4f955ec0d7%7d/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b7dc0a924-c798-4b58-bba8-369541f4d30f%7d/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smithc@LSEngineering.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richterb@LSEngineering.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stuecherm@comcast.net" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gula53@yahoo.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ealbada@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@jimfoley.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b768e3f83-678c-4559-b9c3-7c516ba13cdc%7d/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b7d2e758c-4b25-4678-895f-af313e7e9df3%7d/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b95cc547b-cd6e-468a-b7b5-b644a64822a9%7d/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b8c996d90-dc25-4ed6-adfb-a88e99b357f1%7d/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Larry.young@sme-usa.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b85ef2aaa-f4fa-4905-957e-9dac24cbf02b%7d/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hemmingsenm@msn.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.spittler@spittlerstrategicservices.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crajala@benesch.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lara6@ferris.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.daavettila@tetratech.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sjaiyesimi@urbanengineeringsolutions.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b2d7957d9-37f6-488c-a77e-45eee879cd8f%7d/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bf36e8137-306b-4b57-aee5-8986e71bcc1f%7d/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b9849f07f-f671-4eae-8c7a-a3eee45b75df%7d/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b3ad15356-d8c6-4a0d-b64f-5d355b7343d5%7d/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tntconsulting14@gmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wilson35.dw@gmail.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:randall.over@mac.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b4ca80c07-958d-4f5e-ac21-11f9aaa55cd5%7d/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patzerllc@aol.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7be4507097-240b-4f90-b152-47196bde1c7c%7d/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bc2ffd10b-4d5f-4d7d-8da7-d206fbc32888%7d/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b1c7ba900-9763-4466-b292-91ead2a73e22%7d/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b03a5a56f-1a1d-41e6-b9c2-08317f1f98bf%7d/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7be1974882-ebde-4d8f-98a9-43a138db303d%7d/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lauerml@cdmsmith.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edwin.tatem@yahoo.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cooperd28@gmail.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omaraconsultingllc@gmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vanportfliet2016@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wbbritt@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@corneliusconsultants.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jimdoebler@cox.net" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cgondy@ces-consultingllc.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather@hendgesdm.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b131c1055-ef1f-4807-8a01-991c708b3b12%7d/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bfb8d6c83-418e-42a2-b864-911145734aef%7d/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bb6817d3b-a46d-4733-811a-3ff68f676899%7d/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b7a46090d-f67b-471b-9f8c-4e6a4b5134c5%7d/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Farid@Saddik.net" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rbf@richardfullerton.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmikula@abonmarche.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ynenaydykh@bloomcos.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b3794235b-c436-43b3-9bc0-f255fae094cd%7d/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b0e9493d6-80d3-4504-9a08-304118e76d53%7d/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7ba0b9e78a-31a1-4293-901d-792e50171937%7d/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b0ae93266-1032-4fc0-8398-f2608cc77280%7d/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b7cde706b-d44c-4004-8bbe-3a715d3f2e17%7d/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b185cf62c-712f-4798-a289-d8d7c54d6c7a%7d/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsmn@cowi.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/D%7ba2609fe3-8db0-4cb7-a2dc-ae7bbdf18a84%7d" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreb@abe-engineers.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b69fa2b8a-c357-4600-a7bc-d7ac4e96aa08%7d/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b734a5741-29dd-4412-a79a-89afda6a93ad%7d/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul@rawlinsic.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmcdonough@mbpce.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tothehighcalling@carolina.rr.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diane@dgrconsultants.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aagold@cms-tx.us" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bfe759c41-1dbe-4908-8ae4-d518f8967a8b%7d/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.woods@ohm-advisors.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roape1@aol.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b065d0a0d-f4f6-41cb-b824-9a79a6e42ae6%7d/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b07a91878-5e05-41d1-b2d8-f0fd74651c8c%7d/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b49276fb2-5620-4812-a6d3-5f9fc29b9313%7d/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikenystrom@comcast.net" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7bbce20041-46a7-4f4f-b2be-77c316ac4279%7d/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Blue_water_9724@icloud.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b152b11e7-898c-481b-a678-72e3b2cb622e%7d/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edward.plotkin@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b45da720f-d0dc-4159-8ab1-3fab8eb967a0%7d/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b0a68f53f-05f6-4ebb-92df-fdc36d822614%7d/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jwashler@preinnewhof.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jhf2112@hotmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thesmond@aol.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b51e07ae0-e5b4-43c4-8b1e-48be729fe6ab%7d/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b2a0dac44-76dd-4781-837e-340e1306d005%7d/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7ba8713ce4-9064-4a41-8a9a-210d414fdeff%7d/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b55aa8806-3a5f-4b9f-86d4-430cddd77af7%7d/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:welkebobbi1@gmail.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:greg.johnson@wsp.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bace88263-8846-4f6d-918b-dca1bd24fd1b%7d/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pw:\\HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise\Documents\External%20Partnerships\Dispute%20Review%20Board%20(DRB)\Morrison,%20James\" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A44091B9-7BF6-4CEB-BDFA-B1536D4D22FE}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AE173"/>
+  <dimension ref="A1:AD172"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="F10" sqref="F10"/>
-      <selection pane="bottomLeft" activeCell="K12" sqref="K12"/>
+      <selection pane="bottomLeft" activeCell="F11" sqref="F11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="38" style="36" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="21.5703125" style="38" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="38" style="22" customWidth="1"/>
+    <col min="2" max="2" width="42.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.5703125" style="22" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" style="22" customWidth="1"/>
+    <col min="5" max="5" width="22.28515625" style="23" customWidth="1"/>
+    <col min="6" max="6" width="43.5703125" style="2" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:25" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="B1" s="9" t="s">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="C1" s="9" t="s">
-        <v>0</v>
+        <v>199</v>
       </c>
       <c r="D1" s="9" t="s">
-        <v>104</v>
+        <v>198</v>
       </c>
       <c r="E1" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="F1" s="9" t="s">
-        <v>310</v>
+      <c r="F1" s="27" t="s">
+        <v>267</v>
       </c>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
-      <c r="Z1" s="1"/>
-[...1 lines deleted...]
-    <row r="2" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="2" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
-        <v>105</v>
+        <v>195</v>
       </c>
       <c r="B2" s="11" t="s">
-        <v>106</v>
+        <v>197</v>
       </c>
       <c r="C2" s="12" t="s">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>4</v>
+        <v>212</v>
+      </c>
+      <c r="D2" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="E2" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>268</v>
       </c>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
-      <c r="Z2" s="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="3" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A3" s="10" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="B3" s="11" t="s">
-        <v>109</v>
+        <v>2</v>
       </c>
       <c r="C3" s="12" t="s">
-        <v>5</v>
-[...9 lines deleted...]
-      </c>
+        <v>213</v>
+      </c>
+      <c r="D3" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E3" s="24" t="s">
+        <v>3</v>
+      </c>
+      <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
-      <c r="Z3" s="1"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="4" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A4" s="10" t="s">
-        <v>111</v>
+        <v>90</v>
       </c>
       <c r="B4" s="11" t="s">
-        <v>112</v>
+        <v>4</v>
       </c>
       <c r="C4" s="12" t="s">
-        <v>8</v>
-[...9 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="D4" s="12" t="s">
+        <v>202</v>
+      </c>
+      <c r="E4" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
-      <c r="Z4" s="1"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="5" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>348</v>
+        <v>91</v>
       </c>
       <c r="B5" s="11" t="s">
-        <v>347</v>
+        <v>6</v>
       </c>
       <c r="C5" s="12" t="s">
-        <v>349</v>
-[...9 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="D5" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E5" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
       <c r="X5" s="1"/>
       <c r="Y5" s="1"/>
-      <c r="Z5" s="1"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="6" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
-        <v>114</v>
+        <v>192</v>
       </c>
       <c r="B6" s="11" t="s">
-        <v>115</v>
+        <v>193</v>
       </c>
       <c r="C6" s="12" t="s">
-        <v>96</v>
-[...9 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="D6" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E6" s="24" t="s">
+        <v>194</v>
+      </c>
+      <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
       <c r="X6" s="1"/>
       <c r="Y6" s="1"/>
-      <c r="Z6" s="1"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="7" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>92</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>82</v>
       </c>
       <c r="C7" s="12" t="s">
-        <v>11</v>
-[...9 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="D7" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E7" s="24" t="s">
+        <v>83</v>
+      </c>
+      <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="1"/>
       <c r="Y7" s="1"/>
-      <c r="Z7" s="1"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="8" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>293</v>
+        <v>93</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>8</v>
       </c>
       <c r="C8" s="12" t="s">
-        <v>294</v>
-[...9 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="D8" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="E8" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
-      <c r="Z8" s="1"/>
-[...19 lines deleted...]
-      </c>
+    </row>
+    <row r="9" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>162</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>218</v>
+      </c>
+      <c r="D9" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E9" s="24" t="s">
+        <v>163</v>
+      </c>
+      <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="1"/>
       <c r="Y9" s="1"/>
-      <c r="Z9" s="1"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:26" hidden="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="10" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
-        <v>287</v>
-[...15 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="D10" s="12" t="s">
+        <v>203</v>
+      </c>
+      <c r="E10" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
       <c r="X10" s="1"/>
       <c r="Y10" s="1"/>
-      <c r="Z10" s="1"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="11" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>155</v>
+      </c>
+      <c r="B11" s="16" t="s">
+        <v>157</v>
       </c>
       <c r="C11" s="12" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="D11" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E11" s="24" t="s">
+        <v>156</v>
+      </c>
+      <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
       <c r="X11" s="1"/>
       <c r="Y11" s="1"/>
-      <c r="Z11" s="1"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="12" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
-        <v>277</v>
+        <v>95</v>
       </c>
       <c r="B12" s="11" t="s">
-        <v>280</v>
-[...12 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>221</v>
+      </c>
+      <c r="D12" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="E12" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
       <c r="X12" s="1"/>
       <c r="Y12" s="1"/>
-      <c r="Z12" s="1"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="13" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
-        <v>127</v>
+        <v>96</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>128</v>
+        <v>14</v>
       </c>
       <c r="C13" s="12" t="s">
-        <v>18</v>
-[...9 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="D13" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E13" s="24" t="s">
+        <v>150</v>
+      </c>
+      <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
       <c r="X13" s="1"/>
       <c r="Y13" s="1"/>
-      <c r="Z13" s="1"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="14" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
-        <v>130</v>
+        <v>97</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="C14" s="12" t="s">
-        <v>21</v>
-[...9 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="D14" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E14" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
-      <c r="Z14" s="1"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="15" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A15" s="10" t="s">
-        <v>133</v>
+        <v>172</v>
       </c>
       <c r="B15" s="11" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="C15" s="12" t="s">
-        <v>23</v>
-[...9 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="D15" s="12" t="s">
+        <v>204</v>
+      </c>
+      <c r="E15" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
-      <c r="Z15" s="1"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="16" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A16" s="10" t="s">
-        <v>311</v>
+        <v>98</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>312</v>
+        <v>17</v>
       </c>
       <c r="C16" s="12" t="s">
-        <v>313</v>
-[...9 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="D16" s="12" t="s">
+        <v>205</v>
+      </c>
+      <c r="E16" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
-      <c r="Z16" s="1"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="17" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="B17" s="11" t="s">
-        <v>137</v>
+        <v>154</v>
       </c>
       <c r="C17" s="12" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="D17" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E17" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
       <c r="X17" s="1"/>
       <c r="Y17" s="1"/>
-      <c r="Z17" s="1"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="18" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>100</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>20</v>
       </c>
       <c r="C18" s="12" t="s">
-        <v>271</v>
-[...9 lines deleted...]
-      </c>
+        <v>226</v>
+      </c>
+      <c r="D18" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="E18" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
-      <c r="Z18" s="1"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="19" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>101</v>
+      </c>
+      <c r="B19" s="16" t="s">
+        <v>22</v>
       </c>
       <c r="C19" s="12" t="s">
-        <v>29</v>
-[...9 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="D19" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E19" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
       <c r="X19" s="1"/>
       <c r="Y19" s="1"/>
-      <c r="Z19" s="1"/>
-[...19 lines deleted...]
-      </c>
+    </row>
+    <row r="20" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A20" s="17" t="s">
+        <v>102</v>
+      </c>
+      <c r="B20" s="18" t="s">
+        <v>191</v>
+      </c>
+      <c r="C20" s="25"/>
+      <c r="D20" s="25"/>
+      <c r="E20" s="25"/>
+      <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
       <c r="X20" s="1"/>
       <c r="Y20" s="1"/>
-      <c r="Z20" s="1"/>
-[...13 lines deleted...]
-      <c r="F21" s="30"/>
+    </row>
+    <row r="21" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="B21" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>254</v>
+      </c>
+      <c r="D21" s="12" t="s">
+        <v>206</v>
+      </c>
+      <c r="E21" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
       <c r="X21" s="1"/>
       <c r="Y21" s="1"/>
-      <c r="Z21" s="1"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="22" spans="1:25" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
-        <v>150</v>
-[...37 lines deleted...]
-    <row r="23" spans="1:26" s="8" customFormat="1" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+      <c r="B22" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>255</v>
+      </c>
+      <c r="D22" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="E22" s="24" t="s">
+        <v>27</v>
+      </c>
+      <c r="F22" s="7"/>
+      <c r="G22" s="7"/>
+      <c r="H22" s="7"/>
+      <c r="I22" s="7"/>
+      <c r="J22" s="7"/>
+      <c r="K22" s="7"/>
+      <c r="L22" s="7"/>
+      <c r="M22" s="7"/>
+      <c r="N22" s="7"/>
+      <c r="O22" s="7"/>
+      <c r="P22" s="7"/>
+      <c r="Q22" s="7"/>
+      <c r="R22" s="7"/>
+      <c r="S22" s="7"/>
+      <c r="T22" s="7"/>
+      <c r="U22" s="7"/>
+      <c r="V22" s="7"/>
+      <c r="W22" s="7"/>
+      <c r="X22" s="7"/>
+      <c r="Y22" s="7"/>
+    </row>
+    <row r="23" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A23" s="10" t="s">
-        <v>153</v>
-[...37 lines deleted...]
-    <row r="24" spans="1:26" x14ac:dyDescent="0.25">
+        <v>105</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" s="12" t="s">
+        <v>256</v>
+      </c>
+      <c r="D23" s="12" t="s">
+        <v>208</v>
+      </c>
+      <c r="E23" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="1"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="1"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="1"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="1"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="1"/>
+      <c r="R23" s="1"/>
+      <c r="S23" s="1"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="1"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="1"/>
+    </row>
+    <row r="24" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>156</v>
+        <v>106</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>157</v>
+        <v>30</v>
       </c>
       <c r="C24" s="12" t="s">
-        <v>39</v>
-[...9 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="D24" s="12" t="s">
+        <v>205</v>
+      </c>
+      <c r="E24" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
       <c r="X24" s="1"/>
       <c r="Y24" s="1"/>
-      <c r="Z24" s="1"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="25" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
-        <v>159</v>
+        <v>181</v>
       </c>
       <c r="B25" s="11" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="C25" s="12" t="s">
-        <v>42</v>
-[...9 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="D25" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E25" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
       <c r="X25" s="1"/>
       <c r="Y25" s="1"/>
-      <c r="Z25" s="1"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="26" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A26" s="10" t="s">
-        <v>327</v>
+        <v>107</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>345</v>
+        <v>32</v>
       </c>
       <c r="C26" s="12" t="s">
-        <v>328</v>
-[...9 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E26" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
       <c r="X26" s="1"/>
       <c r="Y26" s="1"/>
-      <c r="Z26" s="1"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="27" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A27" s="10" t="s">
-        <v>162</v>
+        <v>108</v>
       </c>
       <c r="B27" s="11" t="s">
-        <v>163</v>
+        <v>34</v>
       </c>
       <c r="C27" s="12" t="s">
-        <v>44</v>
-[...9 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="D27" s="12" t="s">
+        <v>202</v>
+      </c>
+      <c r="E27" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
       <c r="X27" s="1"/>
       <c r="Y27" s="1"/>
-      <c r="Z27" s="1"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="28" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A28" s="10" t="s">
-        <v>165</v>
+        <v>109</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>166</v>
+        <v>36</v>
       </c>
       <c r="C28" s="12" t="s">
-        <v>46</v>
-[...9 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="D28" s="12" t="s">
+        <v>206</v>
+      </c>
+      <c r="E28" s="24" t="s">
+        <v>110</v>
+      </c>
+      <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
       <c r="X28" s="1"/>
       <c r="Y28" s="1"/>
-      <c r="Z28" s="1"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="29" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
-        <v>168</v>
+        <v>184</v>
       </c>
       <c r="B29" s="11" t="s">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="C29" s="12" t="s">
-        <v>48</v>
-[...9 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="D29" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E29" s="24" t="s">
+        <v>186</v>
+      </c>
+      <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
       <c r="X29" s="1"/>
       <c r="Y29" s="1"/>
-      <c r="Z29" s="1"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="30" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A30" s="10" t="s">
-        <v>332</v>
+        <v>111</v>
       </c>
       <c r="B30" s="11" t="s">
-        <v>344</v>
+        <v>37</v>
       </c>
       <c r="C30" s="12" t="s">
-        <v>333</v>
-[...9 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="D30" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E30" s="24" t="s">
+        <v>38</v>
+      </c>
+      <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
       <c r="X30" s="1"/>
       <c r="Y30" s="1"/>
-      <c r="Z30" s="1"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="31" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A31" s="10" t="s">
-        <v>171</v>
+        <v>112</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>172</v>
+        <v>84</v>
       </c>
       <c r="C31" s="12" t="s">
-        <v>49</v>
-[...9 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="D31" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E31" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
       <c r="X31" s="1"/>
       <c r="Y31" s="1"/>
-      <c r="Z31" s="1"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="32" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A32" s="10" t="s">
-        <v>174</v>
+        <v>113</v>
       </c>
       <c r="B32" s="11" t="s">
-        <v>175</v>
+        <v>39</v>
       </c>
       <c r="C32" s="12" t="s">
-        <v>98</v>
-[...9 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="D32" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E32" s="24" t="s">
+        <v>40</v>
+      </c>
+      <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
       <c r="Y32" s="1"/>
-      <c r="Z32" s="1"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="33" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A33" s="10" t="s">
-        <v>177</v>
+        <v>114</v>
       </c>
       <c r="B33" s="11" t="s">
-        <v>178</v>
+        <v>41</v>
       </c>
       <c r="C33" s="12" t="s">
-        <v>51</v>
-[...9 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="D33" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E33" s="24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
       <c r="X33" s="1"/>
       <c r="Y33" s="1"/>
-      <c r="Z33" s="1"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="34" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A34" s="10" t="s">
-        <v>179</v>
+        <v>143</v>
       </c>
       <c r="B34" s="11" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="C34" s="12" t="s">
-        <v>53</v>
-[...9 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="D34" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E34" s="24" t="s">
+        <v>142</v>
+      </c>
+      <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
       <c r="X34" s="1"/>
       <c r="Y34" s="1"/>
-      <c r="Z34" s="1"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="35" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A35" s="10" t="s">
-        <v>253</v>
+        <v>115</v>
       </c>
       <c r="B35" s="11" t="s">
-        <v>272</v>
+        <v>43</v>
       </c>
       <c r="C35" s="12" t="s">
-        <v>250</v>
-[...9 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D35" s="12" t="s">
+        <v>205</v>
+      </c>
+      <c r="E35" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
       <c r="X35" s="1"/>
       <c r="Y35" s="1"/>
-      <c r="Z35" s="1"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="36" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A36" s="10" t="s">
-        <v>182</v>
+        <v>116</v>
       </c>
       <c r="B36" s="11" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="C36" s="12" t="s">
-        <v>55</v>
-[...9 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="D36" s="12" t="s">
+        <v>205</v>
+      </c>
+      <c r="E36" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
       <c r="X36" s="1"/>
       <c r="Y36" s="1"/>
-      <c r="Z36" s="1"/>
-[...19 lines deleted...]
-      </c>
+    </row>
+    <row r="37" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="B37" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="C37" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D37" s="15"/>
+      <c r="E37" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
       <c r="X37" s="1"/>
       <c r="Y37" s="1"/>
-      <c r="Z37" s="1"/>
-[...19 lines deleted...]
-      </c>
+    </row>
+    <row r="38" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A38" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B38" s="26" t="s">
+        <v>140</v>
+      </c>
+      <c r="C38" s="12" t="s">
+        <v>252</v>
+      </c>
+      <c r="D38" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E38" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
       <c r="X38" s="1"/>
       <c r="Y38" s="1"/>
-      <c r="Z38" s="1"/>
-[...19 lines deleted...]
-      </c>
+    </row>
+    <row r="39" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A39" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C39" s="12" t="s">
+        <v>251</v>
+      </c>
+      <c r="D39" s="12" t="s">
+        <v>209</v>
+      </c>
+      <c r="E39" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
       <c r="X39" s="1"/>
       <c r="Y39" s="1"/>
-      <c r="Z39" s="1"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="40" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A40" s="10" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="B40" s="11" t="s">
-        <v>192</v>
+        <v>165</v>
       </c>
       <c r="C40" s="12" t="s">
-        <v>61</v>
-[...9 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="D40" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E40" s="24" t="s">
+        <v>166</v>
+      </c>
+      <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
       <c r="X40" s="1"/>
       <c r="Y40" s="1"/>
-      <c r="Z40" s="1"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="41" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A41" s="10" t="s">
-        <v>297</v>
+        <v>167</v>
       </c>
       <c r="B41" s="11" t="s">
-        <v>298</v>
+        <v>168</v>
       </c>
       <c r="C41" s="12" t="s">
-        <v>299</v>
-[...9 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="D41" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E41" s="24" t="s">
+        <v>169</v>
+      </c>
+      <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
       <c r="X41" s="1"/>
       <c r="Y41" s="1"/>
-      <c r="Z41" s="1"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="42" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A42" s="10" t="s">
-        <v>302</v>
+        <v>120</v>
       </c>
       <c r="B42" s="11" t="s">
-        <v>303</v>
+        <v>51</v>
       </c>
       <c r="C42" s="12" t="s">
-        <v>304</v>
-[...9 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="D42" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E42" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
       <c r="X42" s="1"/>
       <c r="Y42" s="1"/>
-      <c r="Z42" s="1"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="43" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A43" s="10" t="s">
-        <v>194</v>
+        <v>149</v>
       </c>
       <c r="B43" s="11" t="s">
-        <v>195</v>
+        <v>147</v>
       </c>
       <c r="C43" s="12" t="s">
-        <v>63</v>
-[...9 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="D43" s="12" t="s">
+        <v>202</v>
+      </c>
+      <c r="E43" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
       <c r="X43" s="1"/>
       <c r="Y43" s="1"/>
-      <c r="Z43" s="1"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="44" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A44" s="10" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>121</v>
+      </c>
+      <c r="B44" s="16" t="s">
+        <v>53</v>
       </c>
       <c r="C44" s="12" t="s">
-        <v>259</v>
-[...9 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="D44" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E44" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
       <c r="X44" s="1"/>
       <c r="Y44" s="1"/>
-      <c r="Z44" s="1"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="45" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A45" s="10" t="s">
-        <v>197</v>
-[...15 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="B45" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C45" s="12" t="s">
+        <v>246</v>
+      </c>
+      <c r="D45" s="12" t="s">
+        <v>210</v>
+      </c>
+      <c r="E45" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
       <c r="X45" s="1"/>
       <c r="Y45" s="1"/>
-      <c r="Z45" s="1"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="46" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A46" s="10" t="s">
-        <v>200</v>
+        <v>124</v>
       </c>
       <c r="B46" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C46" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="D46" s="12" t="s">
         <v>201</v>
       </c>
-      <c r="C46" s="12" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="E46" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
       <c r="X46" s="1"/>
       <c r="Y46" s="1"/>
-      <c r="Z46" s="1"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="47" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A47" s="10" t="s">
-        <v>204</v>
+        <v>125</v>
       </c>
       <c r="B47" s="11" t="s">
-        <v>205</v>
+        <v>58</v>
       </c>
       <c r="C47" s="12" t="s">
-        <v>69</v>
-[...9 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="D47" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E47" s="24" t="s">
+        <v>59</v>
+      </c>
+      <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
       <c r="Q47" s="1"/>
       <c r="R47" s="1"/>
       <c r="S47" s="1"/>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
       <c r="X47" s="1"/>
       <c r="Y47" s="1"/>
-      <c r="Z47" s="1"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="48" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A48" s="10" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>126</v>
+      </c>
+      <c r="B48" s="16" t="s">
+        <v>60</v>
       </c>
       <c r="C48" s="12" t="s">
-        <v>71</v>
-[...9 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="D48" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E48" s="24" t="s">
+        <v>61</v>
+      </c>
+      <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
       <c r="O48" s="1"/>
       <c r="P48" s="1"/>
       <c r="Q48" s="1"/>
       <c r="R48" s="1"/>
       <c r="S48" s="1"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
       <c r="X48" s="1"/>
       <c r="Y48" s="1"/>
-      <c r="Z48" s="1"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="49" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A49" s="10" t="s">
-        <v>209</v>
-[...15 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="B49" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="C49" s="12" t="s">
+        <v>244</v>
+      </c>
+      <c r="D49" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E49" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
       <c r="O49" s="1"/>
       <c r="P49" s="1"/>
       <c r="Q49" s="1"/>
       <c r="R49" s="1"/>
       <c r="S49" s="1"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
       <c r="X49" s="1"/>
       <c r="Y49" s="1"/>
-      <c r="Z49" s="1"/>
-[...1 lines deleted...]
-    <row r="50" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="50" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A50" s="10" t="s">
-        <v>212</v>
-[...15 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="B50" s="16" t="s">
+        <v>176</v>
+      </c>
+      <c r="C50" s="12" t="s">
+        <v>234</v>
+      </c>
+      <c r="D50" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E50" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
       <c r="X50" s="1"/>
       <c r="Y50" s="1"/>
-      <c r="Z50" s="1"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="51" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A51" s="10" t="s">
-        <v>318</v>
-[...15 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="B51" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C51" s="12" t="s">
+        <v>243</v>
+      </c>
+      <c r="D51" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E51" s="24" t="s">
+        <v>65</v>
+      </c>
+      <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
       <c r="O51" s="1"/>
       <c r="P51" s="1"/>
       <c r="Q51" s="1"/>
       <c r="R51" s="1"/>
       <c r="S51" s="1"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
       <c r="X51" s="1"/>
       <c r="Y51" s="1"/>
-      <c r="Z51" s="1"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="52" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A52" s="10" t="s">
-        <v>215</v>
+        <v>129</v>
       </c>
       <c r="B52" s="11" t="s">
-        <v>216</v>
+        <v>66</v>
       </c>
       <c r="C52" s="12" t="s">
-        <v>77</v>
-[...9 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="D52" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="E52" s="24" t="s">
+        <v>67</v>
+      </c>
+      <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
       <c r="P52" s="1"/>
       <c r="Q52" s="1"/>
       <c r="R52" s="1"/>
       <c r="S52" s="1"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
       <c r="X52" s="1"/>
       <c r="Y52" s="1"/>
-      <c r="Z52" s="1"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="53" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A53" s="10" t="s">
-        <v>218</v>
+        <v>170</v>
       </c>
       <c r="B53" s="11" t="s">
-        <v>219</v>
+        <v>171</v>
       </c>
       <c r="C53" s="12" t="s">
-        <v>79</v>
-[...9 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="D53" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E53" s="24" t="s">
+        <v>190</v>
+      </c>
+      <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
       <c r="Q53" s="1"/>
       <c r="R53" s="1"/>
       <c r="S53" s="1"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
       <c r="X53" s="1"/>
       <c r="Y53" s="1"/>
-      <c r="Z53" s="1"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="54" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A54" s="10" t="s">
-        <v>307</v>
+        <v>130</v>
       </c>
       <c r="B54" s="11" t="s">
-        <v>308</v>
+        <v>68</v>
       </c>
       <c r="C54" s="12" t="s">
-        <v>309</v>
-[...9 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="D54" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E54" s="24" t="s">
+        <v>69</v>
+      </c>
+      <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
       <c r="O54" s="1"/>
       <c r="P54" s="1"/>
       <c r="Q54" s="1"/>
       <c r="R54" s="1"/>
       <c r="S54" s="1"/>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
       <c r="X54" s="1"/>
       <c r="Y54" s="1"/>
-      <c r="Z54" s="1"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="55" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A55" s="10" t="s">
-        <v>222</v>
+        <v>187</v>
       </c>
       <c r="B55" s="11" t="s">
-        <v>223</v>
+        <v>188</v>
       </c>
       <c r="C55" s="12" t="s">
-        <v>81</v>
-[...9 lines deleted...]
-      </c>
+        <v>239</v>
+      </c>
+      <c r="D55" s="12" t="s">
+        <v>203</v>
+      </c>
+      <c r="E55" s="24" t="s">
+        <v>189</v>
+      </c>
+      <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
       <c r="O55" s="1"/>
       <c r="P55" s="1"/>
       <c r="Q55" s="1"/>
       <c r="R55" s="1"/>
       <c r="S55" s="1"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
       <c r="X55" s="1"/>
       <c r="Y55" s="1"/>
-      <c r="Z55" s="1"/>
-[...1 lines deleted...]
-    <row r="56" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="56" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A56" s="10" t="s">
-        <v>337</v>
+        <v>131</v>
       </c>
       <c r="B56" s="11" t="s">
-        <v>336</v>
+        <v>86</v>
       </c>
       <c r="C56" s="12" t="s">
-        <v>338</v>
-[...9 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="D56" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E56" s="24" t="s">
+        <v>87</v>
+      </c>
+      <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="P56" s="1"/>
       <c r="Q56" s="1"/>
       <c r="R56" s="1"/>
       <c r="S56" s="1"/>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
       <c r="X56" s="1"/>
       <c r="Y56" s="1"/>
-      <c r="Z56" s="1"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="57" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A57" s="10" t="s">
-        <v>225</v>
+        <v>153</v>
       </c>
       <c r="B57" s="11" t="s">
-        <v>226</v>
+        <v>152</v>
       </c>
       <c r="C57" s="12" t="s">
-        <v>100</v>
-[...9 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="D57" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E57" s="24" t="s">
+        <v>151</v>
+      </c>
+      <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
       <c r="O57" s="1"/>
       <c r="P57" s="1"/>
       <c r="Q57" s="1"/>
       <c r="R57" s="1"/>
       <c r="S57" s="1"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
       <c r="X57" s="1"/>
       <c r="Y57" s="1"/>
-      <c r="Z57" s="1"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="58" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A58" s="10" t="s">
-        <v>270</v>
+        <v>132</v>
       </c>
       <c r="B58" s="11" t="s">
-        <v>274</v>
+        <v>70</v>
       </c>
       <c r="C58" s="12" t="s">
-        <v>269</v>
-[...9 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="D58" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E58" s="24" t="s">
+        <v>71</v>
+      </c>
+      <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
       <c r="O58" s="1"/>
       <c r="P58" s="1"/>
       <c r="Q58" s="1"/>
       <c r="R58" s="1"/>
       <c r="S58" s="1"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
       <c r="X58" s="1"/>
       <c r="Y58" s="1"/>
-      <c r="Z58" s="1"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="59" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A59" s="10" t="s">
-        <v>228</v>
+        <v>133</v>
       </c>
       <c r="B59" s="11" t="s">
-        <v>229</v>
+        <v>81</v>
       </c>
       <c r="C59" s="12" t="s">
-        <v>83</v>
-[...9 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="D59" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E59" s="24" t="s">
+        <v>80</v>
+      </c>
+      <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
       <c r="O59" s="1"/>
       <c r="P59" s="1"/>
       <c r="Q59" s="1"/>
       <c r="R59" s="1"/>
       <c r="S59" s="1"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
       <c r="X59" s="1"/>
       <c r="Y59" s="1"/>
-      <c r="Z59" s="1"/>
-[...1 lines deleted...]
-    <row r="60" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="60" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A60" s="10" t="s">
-        <v>231</v>
+        <v>134</v>
       </c>
       <c r="B60" s="11" t="s">
-        <v>232</v>
+        <v>72</v>
       </c>
       <c r="C60" s="12" t="s">
-        <v>95</v>
-[...9 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="D60" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E60" s="24" t="s">
+        <v>73</v>
+      </c>
+      <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
       <c r="O60" s="1"/>
       <c r="P60" s="1"/>
       <c r="Q60" s="1"/>
       <c r="R60" s="1"/>
       <c r="S60" s="1"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
       <c r="X60" s="1"/>
       <c r="Y60" s="1"/>
-      <c r="Z60" s="1"/>
-[...1 lines deleted...]
-    <row r="61" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="61" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A61" s="10" t="s">
-        <v>234</v>
+        <v>135</v>
       </c>
       <c r="B61" s="11" t="s">
-        <v>235</v>
+        <v>74</v>
       </c>
       <c r="C61" s="12" t="s">
-        <v>85</v>
-[...9 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="D61" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="E61" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
       <c r="O61" s="1"/>
       <c r="P61" s="1"/>
       <c r="Q61" s="1"/>
       <c r="R61" s="1"/>
       <c r="S61" s="1"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
       <c r="X61" s="1"/>
       <c r="Y61" s="1"/>
-      <c r="Z61" s="1"/>
-[...1 lines deleted...]
-    <row r="62" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="62" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A62" s="10" t="s">
-        <v>237</v>
+        <v>136</v>
       </c>
       <c r="B62" s="11" t="s">
-        <v>238</v>
+        <v>76</v>
       </c>
       <c r="C62" s="12" t="s">
-        <v>87</v>
-[...9 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="D62" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E62" s="24" t="s">
+        <v>77</v>
+      </c>
+      <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="P62" s="1"/>
       <c r="Q62" s="1"/>
       <c r="R62" s="1"/>
       <c r="S62" s="1"/>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
       <c r="X62" s="1"/>
       <c r="Y62" s="1"/>
-      <c r="Z62" s="1"/>
-[...1 lines deleted...]
-    <row r="63" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="63" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A63" s="10" t="s">
-        <v>240</v>
+        <v>178</v>
       </c>
       <c r="B63" s="11" t="s">
-        <v>241</v>
+        <v>179</v>
       </c>
       <c r="C63" s="12" t="s">
-        <v>89</v>
-[...9 lines deleted...]
-      </c>
+        <v>231</v>
+      </c>
+      <c r="D63" s="12" t="s">
+        <v>202</v>
+      </c>
+      <c r="E63" s="24" t="s">
+        <v>180</v>
+      </c>
+      <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
       <c r="O63" s="1"/>
       <c r="P63" s="1"/>
       <c r="Q63" s="1"/>
       <c r="R63" s="1"/>
       <c r="S63" s="1"/>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
       <c r="X63" s="1"/>
       <c r="Y63" s="1"/>
-      <c r="Z63" s="1"/>
-[...1 lines deleted...]
-    <row r="64" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="64" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A64" s="10" t="s">
-        <v>322</v>
+        <v>137</v>
       </c>
       <c r="B64" s="11" t="s">
-        <v>326</v>
+        <v>78</v>
       </c>
       <c r="C64" s="12" t="s">
-        <v>323</v>
-[...9 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="D64" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E64" s="24" t="s">
+        <v>79</v>
+      </c>
+      <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
       <c r="O64" s="1"/>
       <c r="P64" s="1"/>
       <c r="Q64" s="1"/>
       <c r="R64" s="1"/>
       <c r="S64" s="1"/>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
       <c r="X64" s="1"/>
       <c r="Y64" s="1"/>
-      <c r="Z64" s="1"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="65" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A65" s="10" t="s">
-        <v>243</v>
+        <v>144</v>
       </c>
       <c r="B65" s="11" t="s">
-        <v>244</v>
+        <v>145</v>
       </c>
       <c r="C65" s="12" t="s">
-        <v>91</v>
-[...9 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="D65" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E65" s="24" t="s">
+        <v>146</v>
+      </c>
+      <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1"/>
       <c r="P65" s="1"/>
       <c r="Q65" s="1"/>
       <c r="R65" s="1"/>
       <c r="S65" s="1"/>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
       <c r="X65" s="1"/>
       <c r="Y65" s="1"/>
-      <c r="Z65" s="1"/>
-[...1 lines deleted...]
-    <row r="66" spans="1:26" x14ac:dyDescent="0.25">
+    </row>
+    <row r="66" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A66" s="10" t="s">
-        <v>254</v>
+        <v>158</v>
       </c>
       <c r="B66" s="11" t="s">
-        <v>275</v>
+        <v>159</v>
       </c>
       <c r="C66" s="12" t="s">
-        <v>255</v>
-[...9 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="D66" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="E66" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
       <c r="O66" s="1"/>
       <c r="P66" s="1"/>
       <c r="Q66" s="1"/>
       <c r="R66" s="1"/>
       <c r="S66" s="1"/>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
       <c r="X66" s="1"/>
       <c r="Y66" s="1"/>
-      <c r="Z66" s="1"/>
-[...19 lines deleted...]
-      </c>
+    </row>
+    <row r="67" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A67" s="1"/>
+      <c r="B67" s="1"/>
+      <c r="C67" s="28"/>
+      <c r="D67" s="28"/>
+      <c r="E67" s="28"/>
+      <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>
       <c r="Q67" s="1"/>
       <c r="R67" s="1"/>
       <c r="S67" s="1"/>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
       <c r="X67" s="1"/>
       <c r="Y67" s="1"/>
-      <c r="Z67" s="1"/>
-[...9 lines deleted...]
-      <c r="F68" s="39"/>
+    </row>
+    <row r="68" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A68" s="20"/>
+      <c r="B68" s="20"/>
+      <c r="C68" s="20"/>
+      <c r="D68" s="20"/>
+      <c r="E68" s="21"/>
+      <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
       <c r="O68" s="1"/>
       <c r="P68" s="1"/>
       <c r="Q68" s="1"/>
       <c r="R68" s="1"/>
       <c r="S68" s="1"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
       <c r="X68" s="1"/>
       <c r="Y68" s="1"/>
-      <c r="Z68" s="1"/>
-[...7 lines deleted...]
-      <c r="F69" s="35"/>
+    </row>
+    <row r="69" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A69" s="20"/>
+      <c r="B69" s="20"/>
+      <c r="C69" s="20"/>
+      <c r="D69" s="20"/>
+      <c r="E69" s="21"/>
+      <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
       <c r="O69" s="1"/>
       <c r="P69" s="1"/>
       <c r="Q69" s="1"/>
       <c r="R69" s="1"/>
       <c r="S69" s="1"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
       <c r="X69" s="1"/>
       <c r="Y69" s="1"/>
-      <c r="Z69" s="1"/>
-[...7 lines deleted...]
-      <c r="F70" s="35"/>
+    </row>
+    <row r="70" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A70" s="20"/>
+      <c r="B70" s="20"/>
+      <c r="C70" s="20"/>
+      <c r="D70" s="20"/>
+      <c r="E70" s="21"/>
+      <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
       <c r="O70" s="1"/>
       <c r="P70" s="1"/>
       <c r="Q70" s="1"/>
       <c r="R70" s="1"/>
       <c r="S70" s="1"/>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
       <c r="X70" s="1"/>
       <c r="Y70" s="1"/>
-      <c r="Z70" s="1"/>
-[...7 lines deleted...]
-      <c r="F71" s="35"/>
+    </row>
+    <row r="71" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A71" s="20"/>
+      <c r="B71" s="20"/>
+      <c r="C71" s="20"/>
+      <c r="D71" s="20"/>
+      <c r="E71" s="21"/>
+      <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1"/>
       <c r="P71" s="1"/>
       <c r="Q71" s="1"/>
       <c r="R71" s="1"/>
       <c r="S71" s="1"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
       <c r="X71" s="1"/>
       <c r="Y71" s="1"/>
-      <c r="Z71" s="1"/>
-[...7 lines deleted...]
-      <c r="F72" s="35"/>
+    </row>
+    <row r="72" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A72" s="20"/>
+      <c r="B72" s="20"/>
+      <c r="C72" s="20"/>
+      <c r="D72" s="20"/>
+      <c r="E72" s="21"/>
+      <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
       <c r="O72" s="1"/>
       <c r="P72" s="1"/>
       <c r="Q72" s="1"/>
       <c r="R72" s="1"/>
       <c r="S72" s="1"/>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
       <c r="X72" s="1"/>
       <c r="Y72" s="1"/>
-      <c r="Z72" s="1"/>
-[...7 lines deleted...]
-      <c r="F73" s="35"/>
+    </row>
+    <row r="73" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A73" s="20"/>
+      <c r="B73" s="20"/>
+      <c r="C73" s="20"/>
+      <c r="D73" s="20"/>
+      <c r="E73" s="21"/>
+      <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
       <c r="O73" s="1"/>
       <c r="P73" s="1"/>
       <c r="Q73" s="1"/>
       <c r="R73" s="1"/>
       <c r="S73" s="1"/>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
       <c r="X73" s="1"/>
       <c r="Y73" s="1"/>
-      <c r="Z73" s="1"/>
-[...7 lines deleted...]
-      <c r="F74" s="35"/>
+    </row>
+    <row r="74" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A74" s="20"/>
+      <c r="B74" s="20"/>
+      <c r="C74" s="20"/>
+      <c r="D74" s="20"/>
+      <c r="E74" s="21"/>
+      <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1"/>
       <c r="P74" s="1"/>
       <c r="Q74" s="1"/>
       <c r="R74" s="1"/>
       <c r="S74" s="1"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
       <c r="X74" s="1"/>
       <c r="Y74" s="1"/>
-      <c r="Z74" s="1"/>
-[...7 lines deleted...]
-      <c r="F75" s="35"/>
+    </row>
+    <row r="75" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A75" s="20"/>
+      <c r="B75" s="20"/>
+      <c r="C75" s="20"/>
+      <c r="D75" s="20"/>
+      <c r="E75" s="21"/>
+      <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
       <c r="O75" s="1"/>
       <c r="P75" s="1"/>
       <c r="Q75" s="1"/>
       <c r="R75" s="1"/>
       <c r="S75" s="1"/>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
       <c r="X75" s="1"/>
       <c r="Y75" s="1"/>
-      <c r="Z75" s="1"/>
-[...7 lines deleted...]
-      <c r="F76" s="35"/>
+    </row>
+    <row r="76" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A76" s="20"/>
+      <c r="B76" s="20"/>
+      <c r="C76" s="20"/>
+      <c r="D76" s="20"/>
+      <c r="E76" s="21"/>
+      <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1"/>
       <c r="P76" s="1"/>
       <c r="Q76" s="1"/>
       <c r="R76" s="1"/>
       <c r="S76" s="1"/>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
       <c r="X76" s="1"/>
       <c r="Y76" s="1"/>
-      <c r="Z76" s="1"/>
-[...7 lines deleted...]
-      <c r="F77" s="35"/>
+    </row>
+    <row r="77" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A77" s="20"/>
+      <c r="B77" s="20"/>
+      <c r="C77" s="20"/>
+      <c r="D77" s="20"/>
+      <c r="E77" s="21"/>
+      <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
       <c r="O77" s="1"/>
       <c r="P77" s="1"/>
       <c r="Q77" s="1"/>
       <c r="R77" s="1"/>
       <c r="S77" s="1"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
       <c r="X77" s="1"/>
       <c r="Y77" s="1"/>
-      <c r="Z77" s="1"/>
-[...7 lines deleted...]
-      <c r="F78" s="35"/>
+    </row>
+    <row r="78" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A78" s="20"/>
+      <c r="B78" s="20"/>
+      <c r="C78" s="20"/>
+      <c r="D78" s="20"/>
+      <c r="E78" s="21"/>
+      <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
       <c r="O78" s="1"/>
       <c r="P78" s="1"/>
       <c r="Q78" s="1"/>
       <c r="R78" s="1"/>
       <c r="S78" s="1"/>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
       <c r="X78" s="1"/>
       <c r="Y78" s="1"/>
-      <c r="Z78" s="1"/>
-[...7 lines deleted...]
-      <c r="F79" s="35"/>
+    </row>
+    <row r="79" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A79" s="20"/>
+      <c r="B79" s="20"/>
+      <c r="C79" s="20"/>
+      <c r="D79" s="20"/>
+      <c r="E79" s="21"/>
+      <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
       <c r="I79" s="1"/>
       <c r="J79" s="1"/>
       <c r="K79" s="1"/>
       <c r="L79" s="1"/>
       <c r="M79" s="1"/>
       <c r="N79" s="1"/>
       <c r="O79" s="1"/>
       <c r="P79" s="1"/>
       <c r="Q79" s="1"/>
       <c r="R79" s="1"/>
       <c r="S79" s="1"/>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
       <c r="X79" s="1"/>
       <c r="Y79" s="1"/>
-      <c r="Z79" s="1"/>
-[...7 lines deleted...]
-      <c r="F80" s="35"/>
+    </row>
+    <row r="80" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A80" s="20"/>
+      <c r="B80" s="20"/>
+      <c r="C80" s="20"/>
+      <c r="D80" s="20"/>
+      <c r="E80" s="21"/>
+      <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
       <c r="O80" s="1"/>
       <c r="P80" s="1"/>
       <c r="Q80" s="1"/>
       <c r="R80" s="1"/>
       <c r="S80" s="1"/>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
       <c r="X80" s="1"/>
       <c r="Y80" s="1"/>
-      <c r="Z80" s="1"/>
-[...7 lines deleted...]
-      <c r="F81" s="35"/>
+    </row>
+    <row r="81" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A81" s="20"/>
+      <c r="B81" s="20"/>
+      <c r="C81" s="20"/>
+      <c r="D81" s="20"/>
+      <c r="E81" s="21"/>
+      <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
       <c r="O81" s="1"/>
       <c r="P81" s="1"/>
       <c r="Q81" s="1"/>
       <c r="R81" s="1"/>
       <c r="S81" s="1"/>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
       <c r="X81" s="1"/>
       <c r="Y81" s="1"/>
-      <c r="Z81" s="1"/>
-[...7 lines deleted...]
-      <c r="F82" s="35"/>
+    </row>
+    <row r="82" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A82" s="20"/>
+      <c r="B82" s="20"/>
+      <c r="C82" s="20"/>
+      <c r="D82" s="20"/>
+      <c r="E82" s="21"/>
+      <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
       <c r="X82" s="1"/>
       <c r="Y82" s="1"/>
-      <c r="Z82" s="1"/>
-[...7 lines deleted...]
-      <c r="F83" s="35"/>
+    </row>
+    <row r="83" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A83" s="20"/>
+      <c r="B83" s="20"/>
+      <c r="C83" s="20"/>
+      <c r="D83" s="20"/>
+      <c r="E83" s="21"/>
+      <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
       <c r="O83" s="1"/>
       <c r="P83" s="1"/>
       <c r="Q83" s="1"/>
       <c r="R83" s="1"/>
       <c r="S83" s="1"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
       <c r="X83" s="1"/>
       <c r="Y83" s="1"/>
-      <c r="Z83" s="1"/>
-[...7 lines deleted...]
-      <c r="F84" s="35"/>
+    </row>
+    <row r="84" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A84" s="20"/>
+      <c r="B84" s="20"/>
+      <c r="C84" s="20"/>
+      <c r="D84" s="20"/>
+      <c r="E84" s="21"/>
+      <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
       <c r="I84" s="1"/>
       <c r="J84" s="1"/>
       <c r="K84" s="1"/>
       <c r="L84" s="1"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
       <c r="O84" s="1"/>
       <c r="P84" s="1"/>
       <c r="Q84" s="1"/>
       <c r="R84" s="1"/>
       <c r="S84" s="1"/>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
       <c r="X84" s="1"/>
       <c r="Y84" s="1"/>
-      <c r="Z84" s="1"/>
-[...7 lines deleted...]
-      <c r="F85" s="35"/>
+    </row>
+    <row r="85" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A85" s="20"/>
+      <c r="B85" s="20"/>
+      <c r="C85" s="20"/>
+      <c r="D85" s="20"/>
+      <c r="E85" s="21"/>
+      <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
       <c r="O85" s="1"/>
       <c r="P85" s="1"/>
       <c r="Q85" s="1"/>
       <c r="R85" s="1"/>
       <c r="S85" s="1"/>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
       <c r="X85" s="1"/>
       <c r="Y85" s="1"/>
-      <c r="Z85" s="1"/>
-[...7 lines deleted...]
-      <c r="F86" s="35"/>
+    </row>
+    <row r="86" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A86" s="20"/>
+      <c r="B86" s="20"/>
+      <c r="C86" s="20"/>
+      <c r="D86" s="20"/>
+      <c r="E86" s="21"/>
+      <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
       <c r="O86" s="1"/>
       <c r="P86" s="1"/>
       <c r="Q86" s="1"/>
       <c r="R86" s="1"/>
       <c r="S86" s="1"/>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
       <c r="X86" s="1"/>
       <c r="Y86" s="1"/>
-      <c r="Z86" s="1"/>
-[...7 lines deleted...]
-      <c r="F87" s="35"/>
+    </row>
+    <row r="87" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A87" s="20"/>
+      <c r="B87" s="20"/>
+      <c r="C87" s="20"/>
+      <c r="D87" s="20"/>
+      <c r="E87" s="21"/>
+      <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
       <c r="O87" s="1"/>
       <c r="P87" s="1"/>
       <c r="Q87" s="1"/>
       <c r="R87" s="1"/>
       <c r="S87" s="1"/>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
       <c r="X87" s="1"/>
       <c r="Y87" s="1"/>
-      <c r="Z87" s="1"/>
-[...7 lines deleted...]
-      <c r="F88" s="35"/>
+    </row>
+    <row r="88" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A88" s="20"/>
+      <c r="B88" s="20"/>
+      <c r="C88" s="20"/>
+      <c r="D88" s="20"/>
+      <c r="E88" s="21"/>
+      <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
       <c r="O88" s="1"/>
       <c r="P88" s="1"/>
       <c r="Q88" s="1"/>
       <c r="R88" s="1"/>
       <c r="S88" s="1"/>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
       <c r="X88" s="1"/>
       <c r="Y88" s="1"/>
-      <c r="Z88" s="1"/>
-[...7 lines deleted...]
-      <c r="F89" s="35"/>
+    </row>
+    <row r="89" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A89" s="20"/>
+      <c r="B89" s="20"/>
+      <c r="C89" s="20"/>
+      <c r="D89" s="20"/>
+      <c r="E89" s="21"/>
+      <c r="F89" s="1"/>
       <c r="G89" s="1"/>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1"/>
       <c r="P89" s="1"/>
       <c r="Q89" s="1"/>
       <c r="R89" s="1"/>
       <c r="S89" s="1"/>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
       <c r="X89" s="1"/>
       <c r="Y89" s="1"/>
-      <c r="Z89" s="1"/>
-[...7 lines deleted...]
-      <c r="F90" s="35"/>
+    </row>
+    <row r="90" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A90" s="20"/>
+      <c r="B90" s="20"/>
+      <c r="C90" s="20"/>
+      <c r="D90" s="20"/>
+      <c r="E90" s="21"/>
+      <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
       <c r="O90" s="1"/>
       <c r="P90" s="1"/>
       <c r="Q90" s="1"/>
       <c r="R90" s="1"/>
       <c r="S90" s="1"/>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
       <c r="X90" s="1"/>
       <c r="Y90" s="1"/>
-      <c r="Z90" s="1"/>
-[...7 lines deleted...]
-      <c r="F91" s="35"/>
+    </row>
+    <row r="91" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A91" s="20"/>
+      <c r="B91" s="20"/>
+      <c r="C91" s="20"/>
+      <c r="D91" s="20"/>
+      <c r="E91" s="21"/>
+      <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
       <c r="O91" s="1"/>
       <c r="P91" s="1"/>
       <c r="Q91" s="1"/>
       <c r="R91" s="1"/>
       <c r="S91" s="1"/>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
       <c r="X91" s="1"/>
       <c r="Y91" s="1"/>
-      <c r="Z91" s="1"/>
-[...7 lines deleted...]
-      <c r="F92" s="35"/>
+    </row>
+    <row r="92" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A92" s="20"/>
+      <c r="B92" s="20"/>
+      <c r="C92" s="20"/>
+      <c r="D92" s="20"/>
+      <c r="E92" s="21"/>
+      <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
       <c r="O92" s="1"/>
       <c r="P92" s="1"/>
       <c r="Q92" s="1"/>
       <c r="R92" s="1"/>
       <c r="S92" s="1"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
       <c r="X92" s="1"/>
       <c r="Y92" s="1"/>
-      <c r="Z92" s="1"/>
-[...7 lines deleted...]
-      <c r="F93" s="35"/>
+    </row>
+    <row r="93" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A93" s="20"/>
+      <c r="B93" s="20"/>
+      <c r="C93" s="20"/>
+      <c r="D93" s="20"/>
+      <c r="E93" s="21"/>
+      <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
       <c r="O93" s="1"/>
       <c r="P93" s="1"/>
       <c r="Q93" s="1"/>
       <c r="R93" s="1"/>
       <c r="S93" s="1"/>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
       <c r="X93" s="1"/>
       <c r="Y93" s="1"/>
-      <c r="Z93" s="1"/>
-[...7 lines deleted...]
-      <c r="F94" s="35"/>
+    </row>
+    <row r="94" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A94" s="20"/>
+      <c r="B94" s="20"/>
+      <c r="C94" s="20"/>
+      <c r="D94" s="20"/>
+      <c r="E94" s="21"/>
+      <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
       <c r="O94" s="1"/>
       <c r="P94" s="1"/>
       <c r="Q94" s="1"/>
       <c r="R94" s="1"/>
       <c r="S94" s="1"/>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
       <c r="X94" s="1"/>
       <c r="Y94" s="1"/>
-      <c r="Z94" s="1"/>
-[...7 lines deleted...]
-      <c r="F95" s="35"/>
+    </row>
+    <row r="95" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A95" s="20"/>
+      <c r="B95" s="20"/>
+      <c r="C95" s="20"/>
+      <c r="D95" s="20"/>
+      <c r="E95" s="21"/>
+      <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
       <c r="O95" s="1"/>
       <c r="P95" s="1"/>
       <c r="Q95" s="1"/>
       <c r="R95" s="1"/>
       <c r="S95" s="1"/>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
       <c r="X95" s="1"/>
       <c r="Y95" s="1"/>
-      <c r="Z95" s="1"/>
-[...7 lines deleted...]
-      <c r="F96" s="35"/>
+    </row>
+    <row r="96" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A96" s="20"/>
+      <c r="B96" s="20"/>
+      <c r="C96" s="20"/>
+      <c r="D96" s="20"/>
+      <c r="E96" s="21"/>
+      <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1"/>
       <c r="P96" s="1"/>
       <c r="Q96" s="1"/>
       <c r="R96" s="1"/>
       <c r="S96" s="1"/>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
       <c r="X96" s="1"/>
       <c r="Y96" s="1"/>
-      <c r="Z96" s="1"/>
-[...7 lines deleted...]
-      <c r="F97" s="35"/>
+    </row>
+    <row r="97" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A97" s="20"/>
+      <c r="B97" s="20"/>
+      <c r="C97" s="20"/>
+      <c r="D97" s="20"/>
+      <c r="E97" s="21"/>
+      <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1"/>
       <c r="P97" s="1"/>
       <c r="Q97" s="1"/>
       <c r="R97" s="1"/>
       <c r="S97" s="1"/>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
       <c r="X97" s="1"/>
       <c r="Y97" s="1"/>
-      <c r="Z97" s="1"/>
-[...7 lines deleted...]
-      <c r="F98" s="35"/>
+    </row>
+    <row r="98" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A98" s="20"/>
+      <c r="B98" s="20"/>
+      <c r="C98" s="20"/>
+      <c r="D98" s="20"/>
+      <c r="E98" s="21"/>
+      <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
       <c r="O98" s="1"/>
       <c r="P98" s="1"/>
       <c r="Q98" s="1"/>
       <c r="R98" s="1"/>
       <c r="S98" s="1"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
       <c r="X98" s="1"/>
       <c r="Y98" s="1"/>
-      <c r="Z98" s="1"/>
-[...7 lines deleted...]
-      <c r="F99" s="35"/>
+    </row>
+    <row r="99" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A99" s="20"/>
+      <c r="B99" s="20"/>
+      <c r="C99" s="20"/>
+      <c r="D99" s="20"/>
+      <c r="E99" s="21"/>
+      <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
       <c r="O99" s="1"/>
       <c r="P99" s="1"/>
       <c r="Q99" s="1"/>
       <c r="R99" s="1"/>
       <c r="S99" s="1"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
       <c r="X99" s="1"/>
       <c r="Y99" s="1"/>
-      <c r="Z99" s="1"/>
-[...7 lines deleted...]
-      <c r="F100" s="35"/>
+    </row>
+    <row r="100" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A100" s="20"/>
+      <c r="B100" s="20"/>
+      <c r="C100" s="20"/>
+      <c r="D100" s="20"/>
+      <c r="E100" s="21"/>
+      <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
       <c r="X100" s="1"/>
       <c r="Y100" s="1"/>
-      <c r="Z100" s="1"/>
-[...7 lines deleted...]
-      <c r="F101" s="35"/>
+    </row>
+    <row r="101" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A101" s="20"/>
+      <c r="B101" s="20"/>
+      <c r="C101" s="20"/>
+      <c r="D101" s="20"/>
+      <c r="E101" s="21"/>
+      <c r="F101" s="1"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1"/>
       <c r="M101" s="1"/>
       <c r="N101" s="1"/>
       <c r="O101" s="1"/>
       <c r="P101" s="1"/>
       <c r="Q101" s="1"/>
       <c r="R101" s="1"/>
       <c r="S101" s="1"/>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
       <c r="X101" s="1"/>
       <c r="Y101" s="1"/>
-      <c r="Z101" s="1"/>
-[...7 lines deleted...]
-      <c r="F102" s="35"/>
+    </row>
+    <row r="102" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A102" s="20"/>
+      <c r="B102" s="20"/>
+      <c r="C102" s="20"/>
+      <c r="D102" s="20"/>
+      <c r="E102" s="21"/>
+      <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
       <c r="O102" s="1"/>
       <c r="P102" s="1"/>
       <c r="Q102" s="1"/>
       <c r="R102" s="1"/>
       <c r="S102" s="1"/>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
       <c r="X102" s="1"/>
       <c r="Y102" s="1"/>
-      <c r="Z102" s="1"/>
-[...7 lines deleted...]
-      <c r="F103" s="35"/>
+    </row>
+    <row r="103" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A103" s="20"/>
+      <c r="B103" s="20"/>
+      <c r="C103" s="20"/>
+      <c r="D103" s="20"/>
+      <c r="E103" s="21"/>
+      <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
       <c r="I103" s="1"/>
       <c r="J103" s="1"/>
       <c r="K103" s="1"/>
       <c r="L103" s="1"/>
       <c r="M103" s="1"/>
       <c r="N103" s="1"/>
       <c r="O103" s="1"/>
       <c r="P103" s="1"/>
       <c r="Q103" s="1"/>
       <c r="R103" s="1"/>
       <c r="S103" s="1"/>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
       <c r="X103" s="1"/>
       <c r="Y103" s="1"/>
-      <c r="Z103" s="1"/>
-[...7 lines deleted...]
-      <c r="F104" s="35"/>
+    </row>
+    <row r="104" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A104" s="20"/>
+      <c r="B104" s="20"/>
+      <c r="C104" s="20"/>
+      <c r="D104" s="20"/>
+      <c r="E104" s="21"/>
+      <c r="F104" s="1"/>
       <c r="G104" s="1"/>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
       <c r="J104" s="1"/>
       <c r="K104" s="1"/>
       <c r="L104" s="1"/>
       <c r="M104" s="1"/>
       <c r="N104" s="1"/>
       <c r="O104" s="1"/>
       <c r="P104" s="1"/>
       <c r="Q104" s="1"/>
       <c r="R104" s="1"/>
       <c r="S104" s="1"/>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
       <c r="X104" s="1"/>
       <c r="Y104" s="1"/>
-      <c r="Z104" s="1"/>
-[...7 lines deleted...]
-      <c r="F105" s="35"/>
+    </row>
+    <row r="105" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A105" s="20"/>
+      <c r="B105" s="20"/>
+      <c r="C105" s="20"/>
+      <c r="D105" s="20"/>
+      <c r="E105" s="21"/>
+      <c r="F105" s="1"/>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
       <c r="J105" s="1"/>
       <c r="K105" s="1"/>
       <c r="L105" s="1"/>
       <c r="M105" s="1"/>
       <c r="N105" s="1"/>
       <c r="O105" s="1"/>
       <c r="P105" s="1"/>
       <c r="Q105" s="1"/>
       <c r="R105" s="1"/>
       <c r="S105" s="1"/>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
       <c r="X105" s="1"/>
       <c r="Y105" s="1"/>
-      <c r="Z105" s="1"/>
-[...7 lines deleted...]
-      <c r="F106" s="35"/>
+    </row>
+    <row r="106" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A106" s="20"/>
+      <c r="B106" s="20"/>
+      <c r="C106" s="20"/>
+      <c r="D106" s="20"/>
+      <c r="E106" s="21"/>
+      <c r="F106" s="1"/>
       <c r="G106" s="1"/>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
       <c r="J106" s="1"/>
       <c r="K106" s="1"/>
       <c r="L106" s="1"/>
       <c r="M106" s="1"/>
       <c r="N106" s="1"/>
       <c r="O106" s="1"/>
       <c r="P106" s="1"/>
       <c r="Q106" s="1"/>
       <c r="R106" s="1"/>
       <c r="S106" s="1"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
       <c r="X106" s="1"/>
       <c r="Y106" s="1"/>
-      <c r="Z106" s="1"/>
-[...7 lines deleted...]
-      <c r="F107" s="35"/>
+    </row>
+    <row r="107" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A107" s="20"/>
+      <c r="B107" s="20"/>
+      <c r="C107" s="20"/>
+      <c r="D107" s="20"/>
+      <c r="E107" s="21"/>
+      <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
       <c r="J107" s="1"/>
       <c r="K107" s="1"/>
       <c r="L107" s="1"/>
       <c r="M107" s="1"/>
       <c r="N107" s="1"/>
       <c r="O107" s="1"/>
       <c r="P107" s="1"/>
       <c r="Q107" s="1"/>
       <c r="R107" s="1"/>
       <c r="S107" s="1"/>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
       <c r="X107" s="1"/>
       <c r="Y107" s="1"/>
-      <c r="Z107" s="1"/>
-[...7 lines deleted...]
-      <c r="F108" s="35"/>
+    </row>
+    <row r="108" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A108" s="20"/>
+      <c r="B108" s="20"/>
+      <c r="C108" s="20"/>
+      <c r="D108" s="20"/>
+      <c r="E108" s="21"/>
+      <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
       <c r="X108" s="1"/>
       <c r="Y108" s="1"/>
-      <c r="Z108" s="1"/>
-[...7 lines deleted...]
-      <c r="F109" s="35"/>
+    </row>
+    <row r="109" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A109" s="20"/>
+      <c r="B109" s="20"/>
+      <c r="C109" s="20"/>
+      <c r="D109" s="20"/>
+      <c r="E109" s="21"/>
+      <c r="F109" s="1"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
       <c r="I109" s="1"/>
       <c r="J109" s="1"/>
       <c r="K109" s="1"/>
       <c r="L109" s="1"/>
       <c r="M109" s="1"/>
       <c r="N109" s="1"/>
       <c r="O109" s="1"/>
       <c r="P109" s="1"/>
       <c r="Q109" s="1"/>
       <c r="R109" s="1"/>
       <c r="S109" s="1"/>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
       <c r="X109" s="1"/>
       <c r="Y109" s="1"/>
-      <c r="Z109" s="1"/>
-[...7 lines deleted...]
-      <c r="F110" s="35"/>
+    </row>
+    <row r="110" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A110" s="20"/>
+      <c r="B110" s="20"/>
+      <c r="C110" s="20"/>
+      <c r="D110" s="20"/>
+      <c r="E110" s="21"/>
+      <c r="F110" s="1"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
       <c r="I110" s="1"/>
       <c r="J110" s="1"/>
       <c r="K110" s="1"/>
       <c r="L110" s="1"/>
       <c r="M110" s="1"/>
       <c r="N110" s="1"/>
       <c r="O110" s="1"/>
       <c r="P110" s="1"/>
       <c r="Q110" s="1"/>
       <c r="R110" s="1"/>
       <c r="S110" s="1"/>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
       <c r="X110" s="1"/>
       <c r="Y110" s="1"/>
-      <c r="Z110" s="1"/>
-[...7 lines deleted...]
-      <c r="F111" s="35"/>
+    </row>
+    <row r="111" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A111" s="20"/>
+      <c r="B111" s="20"/>
+      <c r="C111" s="20"/>
+      <c r="D111" s="20"/>
+      <c r="E111" s="21"/>
+      <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
       <c r="J111" s="1"/>
       <c r="K111" s="1"/>
       <c r="L111" s="1"/>
       <c r="M111" s="1"/>
       <c r="N111" s="1"/>
       <c r="O111" s="1"/>
       <c r="P111" s="1"/>
       <c r="Q111" s="1"/>
       <c r="R111" s="1"/>
       <c r="S111" s="1"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
       <c r="X111" s="1"/>
       <c r="Y111" s="1"/>
-      <c r="Z111" s="1"/>
-[...7 lines deleted...]
-      <c r="F112" s="35"/>
+    </row>
+    <row r="112" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A112" s="20"/>
+      <c r="B112" s="20"/>
+      <c r="C112" s="20"/>
+      <c r="D112" s="20"/>
+      <c r="E112" s="21"/>
+      <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
       <c r="J112" s="1"/>
       <c r="K112" s="1"/>
       <c r="L112" s="1"/>
       <c r="M112" s="1"/>
       <c r="N112" s="1"/>
       <c r="O112" s="1"/>
       <c r="P112" s="1"/>
       <c r="Q112" s="1"/>
       <c r="R112" s="1"/>
       <c r="S112" s="1"/>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
       <c r="X112" s="1"/>
       <c r="Y112" s="1"/>
-      <c r="Z112" s="1"/>
-[...7 lines deleted...]
-      <c r="F113" s="35"/>
+    </row>
+    <row r="113" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A113" s="20"/>
+      <c r="B113" s="20"/>
+      <c r="C113" s="20"/>
+      <c r="D113" s="20"/>
+      <c r="E113" s="21"/>
+      <c r="F113" s="1"/>
       <c r="G113" s="1"/>
       <c r="H113" s="1"/>
       <c r="I113" s="1"/>
       <c r="J113" s="1"/>
       <c r="K113" s="1"/>
       <c r="L113" s="1"/>
       <c r="M113" s="1"/>
       <c r="N113" s="1"/>
       <c r="O113" s="1"/>
       <c r="P113" s="1"/>
       <c r="Q113" s="1"/>
       <c r="R113" s="1"/>
       <c r="S113" s="1"/>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
       <c r="X113" s="1"/>
       <c r="Y113" s="1"/>
-      <c r="Z113" s="1"/>
-[...7 lines deleted...]
-      <c r="F114" s="35"/>
+    </row>
+    <row r="114" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A114" s="20"/>
+      <c r="B114" s="20"/>
+      <c r="C114" s="20"/>
+      <c r="D114" s="20"/>
+      <c r="E114" s="21"/>
+      <c r="F114" s="1"/>
       <c r="G114" s="1"/>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
       <c r="J114" s="1"/>
       <c r="K114" s="1"/>
       <c r="L114" s="1"/>
       <c r="M114" s="1"/>
       <c r="N114" s="1"/>
       <c r="O114" s="1"/>
       <c r="P114" s="1"/>
       <c r="Q114" s="1"/>
       <c r="R114" s="1"/>
       <c r="S114" s="1"/>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
       <c r="X114" s="1"/>
       <c r="Y114" s="1"/>
-      <c r="Z114" s="1"/>
-[...7 lines deleted...]
-      <c r="F115" s="35"/>
+    </row>
+    <row r="115" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A115" s="20"/>
+      <c r="B115" s="20"/>
+      <c r="C115" s="20"/>
+      <c r="D115" s="20"/>
+      <c r="E115" s="21"/>
+      <c r="F115" s="1"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1"/>
       <c r="I115" s="1"/>
       <c r="J115" s="1"/>
       <c r="K115" s="1"/>
       <c r="L115" s="1"/>
       <c r="M115" s="1"/>
       <c r="N115" s="1"/>
       <c r="O115" s="1"/>
       <c r="P115" s="1"/>
       <c r="Q115" s="1"/>
       <c r="R115" s="1"/>
       <c r="S115" s="1"/>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
       <c r="X115" s="1"/>
       <c r="Y115" s="1"/>
-      <c r="Z115" s="1"/>
-[...7 lines deleted...]
-      <c r="F116" s="35"/>
+    </row>
+    <row r="116" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A116" s="20"/>
+      <c r="B116" s="20"/>
+      <c r="C116" s="20"/>
+      <c r="D116" s="20"/>
+      <c r="E116" s="21"/>
+      <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
       <c r="I116" s="1"/>
       <c r="J116" s="1"/>
       <c r="K116" s="1"/>
       <c r="L116" s="1"/>
       <c r="M116" s="1"/>
       <c r="N116" s="1"/>
       <c r="O116" s="1"/>
       <c r="P116" s="1"/>
       <c r="Q116" s="1"/>
       <c r="R116" s="1"/>
       <c r="S116" s="1"/>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
       <c r="X116" s="1"/>
       <c r="Y116" s="1"/>
-      <c r="Z116" s="1"/>
-[...7 lines deleted...]
-      <c r="F117" s="35"/>
+    </row>
+    <row r="117" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A117" s="20"/>
+      <c r="B117" s="20"/>
+      <c r="C117" s="20"/>
+      <c r="D117" s="20"/>
+      <c r="E117" s="21"/>
+      <c r="F117" s="1"/>
       <c r="G117" s="1"/>
       <c r="H117" s="1"/>
       <c r="I117" s="1"/>
       <c r="J117" s="1"/>
       <c r="K117" s="1"/>
       <c r="L117" s="1"/>
       <c r="M117" s="1"/>
       <c r="N117" s="1"/>
       <c r="O117" s="1"/>
       <c r="P117" s="1"/>
       <c r="Q117" s="1"/>
       <c r="R117" s="1"/>
       <c r="S117" s="1"/>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
       <c r="X117" s="1"/>
       <c r="Y117" s="1"/>
-      <c r="Z117" s="1"/>
-[...7 lines deleted...]
-      <c r="F118" s="35"/>
+    </row>
+    <row r="118" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A118" s="20"/>
+      <c r="B118" s="20"/>
+      <c r="C118" s="20"/>
+      <c r="D118" s="20"/>
+      <c r="E118" s="21"/>
+      <c r="F118" s="1"/>
       <c r="G118" s="1"/>
       <c r="H118" s="1"/>
       <c r="I118" s="1"/>
       <c r="J118" s="1"/>
       <c r="K118" s="1"/>
       <c r="L118" s="1"/>
       <c r="M118" s="1"/>
       <c r="N118" s="1"/>
       <c r="O118" s="1"/>
       <c r="P118" s="1"/>
       <c r="Q118" s="1"/>
       <c r="R118" s="1"/>
       <c r="S118" s="1"/>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
       <c r="X118" s="1"/>
       <c r="Y118" s="1"/>
-      <c r="Z118" s="1"/>
-[...7 lines deleted...]
-      <c r="F119" s="35"/>
+    </row>
+    <row r="119" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A119" s="20"/>
+      <c r="B119" s="20"/>
+      <c r="C119" s="20"/>
+      <c r="D119" s="20"/>
+      <c r="E119" s="21"/>
+      <c r="F119" s="1"/>
       <c r="G119" s="1"/>
       <c r="H119" s="1"/>
       <c r="I119" s="1"/>
       <c r="J119" s="1"/>
       <c r="K119" s="1"/>
       <c r="L119" s="1"/>
       <c r="M119" s="1"/>
       <c r="N119" s="1"/>
       <c r="O119" s="1"/>
       <c r="P119" s="1"/>
       <c r="Q119" s="1"/>
       <c r="R119" s="1"/>
       <c r="S119" s="1"/>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
       <c r="X119" s="1"/>
       <c r="Y119" s="1"/>
-      <c r="Z119" s="1"/>
-[...7 lines deleted...]
-      <c r="F120" s="35"/>
+    </row>
+    <row r="120" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A120" s="20"/>
+      <c r="B120" s="20"/>
+      <c r="C120" s="20"/>
+      <c r="D120" s="20"/>
+      <c r="E120" s="21"/>
+      <c r="F120" s="1"/>
       <c r="G120" s="1"/>
       <c r="H120" s="1"/>
       <c r="I120" s="1"/>
       <c r="J120" s="1"/>
       <c r="K120" s="1"/>
       <c r="L120" s="1"/>
       <c r="M120" s="1"/>
       <c r="N120" s="1"/>
       <c r="O120" s="1"/>
       <c r="P120" s="1"/>
       <c r="Q120" s="1"/>
       <c r="R120" s="1"/>
       <c r="S120" s="1"/>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
       <c r="X120" s="1"/>
       <c r="Y120" s="1"/>
-      <c r="Z120" s="1"/>
-[...7 lines deleted...]
-      <c r="F121" s="35"/>
+    </row>
+    <row r="121" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A121" s="20"/>
+      <c r="B121" s="20"/>
+      <c r="C121" s="20"/>
+      <c r="D121" s="20"/>
+      <c r="E121" s="21"/>
+      <c r="F121" s="1"/>
       <c r="G121" s="1"/>
       <c r="H121" s="1"/>
       <c r="I121" s="1"/>
       <c r="J121" s="1"/>
       <c r="K121" s="1"/>
       <c r="L121" s="1"/>
       <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1"/>
       <c r="P121" s="1"/>
       <c r="Q121" s="1"/>
       <c r="R121" s="1"/>
       <c r="S121" s="1"/>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
       <c r="X121" s="1"/>
       <c r="Y121" s="1"/>
-      <c r="Z121" s="1"/>
-[...7 lines deleted...]
-      <c r="F122" s="35"/>
+    </row>
+    <row r="122" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A122" s="20"/>
+      <c r="B122" s="20"/>
+      <c r="C122" s="20"/>
+      <c r="D122" s="20"/>
+      <c r="E122" s="21"/>
+      <c r="F122" s="1"/>
       <c r="G122" s="1"/>
       <c r="H122" s="1"/>
       <c r="I122" s="1"/>
       <c r="J122" s="1"/>
       <c r="K122" s="1"/>
       <c r="L122" s="1"/>
       <c r="M122" s="1"/>
       <c r="N122" s="1"/>
       <c r="O122" s="1"/>
       <c r="P122" s="1"/>
       <c r="Q122" s="1"/>
       <c r="R122" s="1"/>
       <c r="S122" s="1"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
       <c r="X122" s="1"/>
       <c r="Y122" s="1"/>
-      <c r="Z122" s="1"/>
-[...7 lines deleted...]
-      <c r="F123" s="35"/>
+    </row>
+    <row r="123" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A123" s="20"/>
+      <c r="B123" s="20"/>
+      <c r="C123" s="20"/>
+      <c r="D123" s="20"/>
+      <c r="E123" s="21"/>
+      <c r="F123" s="1"/>
       <c r="G123" s="1"/>
       <c r="H123" s="1"/>
       <c r="I123" s="1"/>
       <c r="J123" s="1"/>
       <c r="K123" s="1"/>
       <c r="L123" s="1"/>
       <c r="M123" s="1"/>
       <c r="N123" s="1"/>
       <c r="O123" s="1"/>
       <c r="P123" s="1"/>
       <c r="Q123" s="1"/>
       <c r="R123" s="1"/>
       <c r="S123" s="1"/>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
       <c r="X123" s="1"/>
       <c r="Y123" s="1"/>
-      <c r="Z123" s="1"/>
-[...7 lines deleted...]
-      <c r="F124" s="35"/>
+    </row>
+    <row r="124" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A124" s="20"/>
+      <c r="B124" s="20"/>
+      <c r="C124" s="20"/>
+      <c r="D124" s="20"/>
+      <c r="E124" s="21"/>
+      <c r="F124" s="1"/>
       <c r="G124" s="1"/>
       <c r="H124" s="1"/>
       <c r="I124" s="1"/>
       <c r="J124" s="1"/>
       <c r="K124" s="1"/>
       <c r="L124" s="1"/>
       <c r="M124" s="1"/>
       <c r="N124" s="1"/>
       <c r="O124" s="1"/>
       <c r="P124" s="1"/>
       <c r="Q124" s="1"/>
       <c r="R124" s="1"/>
       <c r="S124" s="1"/>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
       <c r="X124" s="1"/>
       <c r="Y124" s="1"/>
-      <c r="Z124" s="1"/>
-[...7 lines deleted...]
-      <c r="F125" s="35"/>
+    </row>
+    <row r="125" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A125" s="20"/>
+      <c r="B125" s="20"/>
+      <c r="C125" s="20"/>
+      <c r="D125" s="20"/>
+      <c r="E125" s="21"/>
+      <c r="F125" s="1"/>
       <c r="G125" s="1"/>
       <c r="H125" s="1"/>
       <c r="I125" s="1"/>
       <c r="J125" s="1"/>
       <c r="K125" s="1"/>
       <c r="L125" s="1"/>
       <c r="M125" s="1"/>
       <c r="N125" s="1"/>
       <c r="O125" s="1"/>
       <c r="P125" s="1"/>
       <c r="Q125" s="1"/>
       <c r="R125" s="1"/>
       <c r="S125" s="1"/>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
       <c r="X125" s="1"/>
       <c r="Y125" s="1"/>
-      <c r="Z125" s="1"/>
-[...7 lines deleted...]
-      <c r="F126" s="35"/>
+    </row>
+    <row r="126" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A126" s="20"/>
+      <c r="B126" s="20"/>
+      <c r="C126" s="20"/>
+      <c r="D126" s="20"/>
+      <c r="E126" s="21"/>
+      <c r="F126" s="1"/>
       <c r="G126" s="1"/>
       <c r="H126" s="1"/>
       <c r="I126" s="1"/>
       <c r="J126" s="1"/>
       <c r="K126" s="1"/>
       <c r="L126" s="1"/>
       <c r="M126" s="1"/>
       <c r="N126" s="1"/>
       <c r="O126" s="1"/>
       <c r="P126" s="1"/>
       <c r="Q126" s="1"/>
       <c r="R126" s="1"/>
       <c r="S126" s="1"/>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
       <c r="X126" s="1"/>
       <c r="Y126" s="1"/>
-      <c r="Z126" s="1"/>
-[...7 lines deleted...]
-      <c r="F127" s="35"/>
+    </row>
+    <row r="127" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A127" s="20"/>
+      <c r="B127" s="20"/>
+      <c r="C127" s="20"/>
+      <c r="D127" s="20"/>
+      <c r="E127" s="21"/>
+      <c r="F127" s="1"/>
       <c r="G127" s="1"/>
       <c r="H127" s="1"/>
       <c r="I127" s="1"/>
       <c r="J127" s="1"/>
       <c r="K127" s="1"/>
       <c r="L127" s="1"/>
       <c r="M127" s="1"/>
       <c r="N127" s="1"/>
       <c r="O127" s="1"/>
       <c r="P127" s="1"/>
       <c r="Q127" s="1"/>
       <c r="R127" s="1"/>
       <c r="S127" s="1"/>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
       <c r="X127" s="1"/>
       <c r="Y127" s="1"/>
-      <c r="Z127" s="1"/>
-[...7 lines deleted...]
-      <c r="F128" s="35"/>
+    </row>
+    <row r="128" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A128" s="20"/>
+      <c r="B128" s="20"/>
+      <c r="C128" s="20"/>
+      <c r="D128" s="20"/>
+      <c r="E128" s="21"/>
+      <c r="F128" s="1"/>
       <c r="G128" s="1"/>
       <c r="H128" s="1"/>
       <c r="I128" s="1"/>
       <c r="J128" s="1"/>
       <c r="K128" s="1"/>
       <c r="L128" s="1"/>
       <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1"/>
       <c r="P128" s="1"/>
       <c r="Q128" s="1"/>
       <c r="R128" s="1"/>
       <c r="S128" s="1"/>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
       <c r="X128" s="1"/>
       <c r="Y128" s="1"/>
-      <c r="Z128" s="1"/>
-[...7 lines deleted...]
-      <c r="F129" s="35"/>
+    </row>
+    <row r="129" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A129" s="20"/>
+      <c r="B129" s="20"/>
+      <c r="C129" s="20"/>
+      <c r="D129" s="20"/>
+      <c r="E129" s="21"/>
+      <c r="F129" s="1"/>
       <c r="G129" s="1"/>
       <c r="H129" s="1"/>
       <c r="I129" s="1"/>
       <c r="J129" s="1"/>
       <c r="K129" s="1"/>
       <c r="L129" s="1"/>
       <c r="M129" s="1"/>
       <c r="N129" s="1"/>
       <c r="O129" s="1"/>
       <c r="P129" s="1"/>
       <c r="Q129" s="1"/>
       <c r="R129" s="1"/>
       <c r="S129" s="1"/>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
       <c r="X129" s="1"/>
       <c r="Y129" s="1"/>
-      <c r="Z129" s="1"/>
-[...7 lines deleted...]
-      <c r="F130" s="35"/>
+    </row>
+    <row r="130" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A130" s="20"/>
+      <c r="B130" s="20"/>
+      <c r="C130" s="20"/>
+      <c r="D130" s="20"/>
+      <c r="E130" s="21"/>
+      <c r="F130" s="1"/>
       <c r="G130" s="1"/>
       <c r="H130" s="1"/>
       <c r="I130" s="1"/>
       <c r="J130" s="1"/>
       <c r="K130" s="1"/>
       <c r="L130" s="1"/>
       <c r="M130" s="1"/>
       <c r="N130" s="1"/>
       <c r="O130" s="1"/>
       <c r="P130" s="1"/>
       <c r="Q130" s="1"/>
       <c r="R130" s="1"/>
       <c r="S130" s="1"/>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
       <c r="X130" s="1"/>
       <c r="Y130" s="1"/>
-      <c r="Z130" s="1"/>
-[...7 lines deleted...]
-      <c r="F131" s="35"/>
+    </row>
+    <row r="131" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A131" s="20"/>
+      <c r="B131" s="20"/>
+      <c r="C131" s="20"/>
+      <c r="D131" s="20"/>
+      <c r="E131" s="21"/>
+      <c r="F131" s="1"/>
       <c r="G131" s="1"/>
       <c r="H131" s="1"/>
       <c r="I131" s="1"/>
       <c r="J131" s="1"/>
       <c r="K131" s="1"/>
       <c r="L131" s="1"/>
       <c r="M131" s="1"/>
       <c r="N131" s="1"/>
       <c r="O131" s="1"/>
       <c r="P131" s="1"/>
       <c r="Q131" s="1"/>
       <c r="R131" s="1"/>
       <c r="S131" s="1"/>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
       <c r="X131" s="1"/>
       <c r="Y131" s="1"/>
-      <c r="Z131" s="1"/>
-[...7 lines deleted...]
-      <c r="F132" s="35"/>
+    </row>
+    <row r="132" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A132" s="20"/>
+      <c r="B132" s="20"/>
+      <c r="C132" s="20"/>
+      <c r="D132" s="20"/>
+      <c r="E132" s="21"/>
+      <c r="F132" s="1"/>
       <c r="G132" s="1"/>
       <c r="H132" s="1"/>
       <c r="I132" s="1"/>
       <c r="J132" s="1"/>
       <c r="K132" s="1"/>
       <c r="L132" s="1"/>
       <c r="M132" s="1"/>
       <c r="N132" s="1"/>
       <c r="O132" s="1"/>
       <c r="P132" s="1"/>
       <c r="Q132" s="1"/>
       <c r="R132" s="1"/>
       <c r="S132" s="1"/>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
       <c r="X132" s="1"/>
       <c r="Y132" s="1"/>
-      <c r="Z132" s="1"/>
-[...7 lines deleted...]
-      <c r="F133" s="35"/>
+    </row>
+    <row r="133" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A133" s="20"/>
+      <c r="B133" s="20"/>
+      <c r="C133" s="20"/>
+      <c r="D133" s="20"/>
+      <c r="E133" s="21"/>
+      <c r="F133" s="1"/>
       <c r="G133" s="1"/>
       <c r="H133" s="1"/>
       <c r="I133" s="1"/>
       <c r="J133" s="1"/>
       <c r="K133" s="1"/>
       <c r="L133" s="1"/>
       <c r="M133" s="1"/>
       <c r="N133" s="1"/>
       <c r="O133" s="1"/>
       <c r="P133" s="1"/>
       <c r="Q133" s="1"/>
       <c r="R133" s="1"/>
       <c r="S133" s="1"/>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
       <c r="X133" s="1"/>
       <c r="Y133" s="1"/>
-      <c r="Z133" s="1"/>
-[...7 lines deleted...]
-      <c r="F134" s="35"/>
+    </row>
+    <row r="134" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A134" s="20"/>
+      <c r="B134" s="20"/>
+      <c r="C134" s="20"/>
+      <c r="D134" s="20"/>
+      <c r="E134" s="21"/>
+      <c r="F134" s="1"/>
       <c r="G134" s="1"/>
       <c r="H134" s="1"/>
       <c r="I134" s="1"/>
       <c r="J134" s="1"/>
       <c r="K134" s="1"/>
       <c r="L134" s="1"/>
       <c r="M134" s="1"/>
       <c r="N134" s="1"/>
       <c r="O134" s="1"/>
       <c r="P134" s="1"/>
       <c r="Q134" s="1"/>
       <c r="R134" s="1"/>
       <c r="S134" s="1"/>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
       <c r="X134" s="1"/>
       <c r="Y134" s="1"/>
-      <c r="Z134" s="1"/>
-[...7 lines deleted...]
-      <c r="F135" s="35"/>
+    </row>
+    <row r="135" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A135" s="20"/>
+      <c r="B135" s="20"/>
+      <c r="C135" s="20"/>
+      <c r="D135" s="20"/>
+      <c r="E135" s="21"/>
+      <c r="F135" s="1"/>
       <c r="G135" s="1"/>
       <c r="H135" s="1"/>
       <c r="I135" s="1"/>
       <c r="J135" s="1"/>
       <c r="K135" s="1"/>
       <c r="L135" s="1"/>
       <c r="M135" s="1"/>
       <c r="N135" s="1"/>
       <c r="O135" s="1"/>
       <c r="P135" s="1"/>
       <c r="Q135" s="1"/>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
       <c r="X135" s="1"/>
       <c r="Y135" s="1"/>
-      <c r="Z135" s="1"/>
-[...7 lines deleted...]
-      <c r="F136" s="35"/>
+    </row>
+    <row r="136" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A136" s="20"/>
+      <c r="B136" s="20"/>
+      <c r="C136" s="20"/>
+      <c r="D136" s="20"/>
+      <c r="E136" s="21"/>
+      <c r="F136" s="1"/>
       <c r="G136" s="1"/>
       <c r="H136" s="1"/>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
       <c r="L136" s="1"/>
       <c r="M136" s="1"/>
       <c r="N136" s="1"/>
       <c r="O136" s="1"/>
       <c r="P136" s="1"/>
       <c r="Q136" s="1"/>
       <c r="R136" s="1"/>
       <c r="S136" s="1"/>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
       <c r="X136" s="1"/>
       <c r="Y136" s="1"/>
-      <c r="Z136" s="1"/>
-[...7 lines deleted...]
-      <c r="F137" s="35"/>
+    </row>
+    <row r="137" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A137" s="20"/>
+      <c r="B137" s="20"/>
+      <c r="C137" s="20"/>
+      <c r="D137" s="20"/>
+      <c r="E137" s="21"/>
+      <c r="F137" s="1"/>
       <c r="G137" s="1"/>
       <c r="H137" s="1"/>
       <c r="I137" s="1"/>
       <c r="J137" s="1"/>
       <c r="K137" s="1"/>
       <c r="L137" s="1"/>
       <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1"/>
       <c r="P137" s="1"/>
       <c r="Q137" s="1"/>
       <c r="R137" s="1"/>
       <c r="S137" s="1"/>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
       <c r="X137" s="1"/>
       <c r="Y137" s="1"/>
-      <c r="Z137" s="1"/>
-[...7 lines deleted...]
-      <c r="F138" s="35"/>
+    </row>
+    <row r="138" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A138" s="20"/>
+      <c r="B138" s="20"/>
+      <c r="C138" s="20"/>
+      <c r="D138" s="20"/>
+      <c r="E138" s="21"/>
+      <c r="F138" s="1"/>
       <c r="G138" s="1"/>
       <c r="H138" s="1"/>
       <c r="I138" s="1"/>
       <c r="J138" s="1"/>
       <c r="K138" s="1"/>
       <c r="L138" s="1"/>
       <c r="M138" s="1"/>
       <c r="N138" s="1"/>
       <c r="O138" s="1"/>
       <c r="P138" s="1"/>
       <c r="Q138" s="1"/>
       <c r="R138" s="1"/>
       <c r="S138" s="1"/>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
       <c r="X138" s="1"/>
       <c r="Y138" s="1"/>
-      <c r="Z138" s="1"/>
-[...7 lines deleted...]
-      <c r="F139" s="35"/>
+    </row>
+    <row r="139" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A139" s="20"/>
+      <c r="B139" s="20"/>
+      <c r="C139" s="20"/>
+      <c r="D139" s="20"/>
+      <c r="E139" s="21"/>
+      <c r="F139" s="1"/>
       <c r="G139" s="1"/>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
       <c r="J139" s="1"/>
       <c r="K139" s="1"/>
       <c r="L139" s="1"/>
       <c r="M139" s="1"/>
       <c r="N139" s="1"/>
       <c r="O139" s="1"/>
       <c r="P139" s="1"/>
       <c r="Q139" s="1"/>
       <c r="R139" s="1"/>
       <c r="S139" s="1"/>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
       <c r="X139" s="1"/>
       <c r="Y139" s="1"/>
-      <c r="Z139" s="1"/>
-[...7 lines deleted...]
-      <c r="F140" s="35"/>
+    </row>
+    <row r="140" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A140" s="20"/>
+      <c r="B140" s="20"/>
+      <c r="C140" s="20"/>
+      <c r="D140" s="20"/>
+      <c r="E140" s="21"/>
+      <c r="F140" s="1"/>
       <c r="G140" s="1"/>
       <c r="H140" s="1"/>
       <c r="I140" s="1"/>
       <c r="J140" s="1"/>
       <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
       <c r="P140" s="1"/>
       <c r="Q140" s="1"/>
       <c r="R140" s="1"/>
       <c r="S140" s="1"/>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
       <c r="X140" s="1"/>
       <c r="Y140" s="1"/>
-      <c r="Z140" s="1"/>
-[...7 lines deleted...]
-      <c r="F141" s="35"/>
+    </row>
+    <row r="141" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A141" s="20"/>
+      <c r="B141" s="20"/>
+      <c r="C141" s="20"/>
+      <c r="D141" s="20"/>
+      <c r="E141" s="21"/>
+      <c r="F141" s="1"/>
       <c r="G141" s="1"/>
       <c r="H141" s="1"/>
       <c r="I141" s="1"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
       <c r="P141" s="1"/>
       <c r="Q141" s="1"/>
       <c r="R141" s="1"/>
       <c r="S141" s="1"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
       <c r="X141" s="1"/>
       <c r="Y141" s="1"/>
-      <c r="Z141" s="1"/>
-[...7 lines deleted...]
-      <c r="F142" s="35"/>
+    </row>
+    <row r="142" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A142" s="20"/>
+      <c r="B142" s="20"/>
+      <c r="C142" s="20"/>
+      <c r="D142" s="20"/>
+      <c r="E142" s="21"/>
+      <c r="F142" s="1"/>
       <c r="G142" s="1"/>
       <c r="H142" s="1"/>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
       <c r="P142" s="1"/>
       <c r="Q142" s="1"/>
       <c r="R142" s="1"/>
       <c r="S142" s="1"/>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
       <c r="X142" s="1"/>
       <c r="Y142" s="1"/>
-      <c r="Z142" s="1"/>
-[...7 lines deleted...]
-      <c r="F143" s="35"/>
+    </row>
+    <row r="143" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A143" s="20"/>
+      <c r="B143" s="20"/>
+      <c r="C143" s="20"/>
+      <c r="D143" s="20"/>
+      <c r="E143" s="21"/>
+      <c r="F143" s="1"/>
       <c r="G143" s="1"/>
       <c r="H143" s="1"/>
       <c r="I143" s="1"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
       <c r="P143" s="1"/>
       <c r="Q143" s="1"/>
       <c r="R143" s="1"/>
       <c r="S143" s="1"/>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
       <c r="X143" s="1"/>
       <c r="Y143" s="1"/>
-      <c r="Z143" s="1"/>
-[...7 lines deleted...]
-      <c r="F144" s="35"/>
+    </row>
+    <row r="144" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A144" s="20"/>
+      <c r="B144" s="20"/>
+      <c r="C144" s="20"/>
+      <c r="D144" s="20"/>
+      <c r="E144" s="21"/>
+      <c r="F144" s="1"/>
       <c r="G144" s="1"/>
       <c r="H144" s="1"/>
       <c r="I144" s="1"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1"/>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1"/>
       <c r="P144" s="1"/>
       <c r="Q144" s="1"/>
       <c r="R144" s="1"/>
       <c r="S144" s="1"/>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
       <c r="X144" s="1"/>
       <c r="Y144" s="1"/>
-      <c r="Z144" s="1"/>
-[...7 lines deleted...]
-      <c r="F145" s="35"/>
+    </row>
+    <row r="145" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A145" s="20"/>
+      <c r="B145" s="20"/>
+      <c r="C145" s="20"/>
+      <c r="D145" s="20"/>
+      <c r="E145" s="21"/>
+      <c r="F145" s="1"/>
       <c r="G145" s="1"/>
       <c r="H145" s="1"/>
       <c r="I145" s="1"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1"/>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
       <c r="P145" s="1"/>
       <c r="Q145" s="1"/>
       <c r="R145" s="1"/>
       <c r="S145" s="1"/>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
       <c r="X145" s="1"/>
       <c r="Y145" s="1"/>
-      <c r="Z145" s="1"/>
-[...7 lines deleted...]
-      <c r="F146" s="35"/>
+    </row>
+    <row r="146" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A146" s="20"/>
+      <c r="B146" s="20"/>
+      <c r="C146" s="20"/>
+      <c r="D146" s="20"/>
+      <c r="E146" s="21"/>
+      <c r="F146" s="1"/>
       <c r="G146" s="1"/>
       <c r="H146" s="1"/>
       <c r="I146" s="1"/>
       <c r="J146" s="1"/>
       <c r="K146" s="1"/>
       <c r="L146" s="1"/>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1"/>
       <c r="P146" s="1"/>
       <c r="Q146" s="1"/>
       <c r="R146" s="1"/>
       <c r="S146" s="1"/>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
       <c r="X146" s="1"/>
       <c r="Y146" s="1"/>
-      <c r="Z146" s="1"/>
-[...7 lines deleted...]
-      <c r="F147" s="35"/>
+    </row>
+    <row r="147" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A147" s="20"/>
+      <c r="B147" s="20"/>
+      <c r="C147" s="20"/>
+      <c r="D147" s="20"/>
+      <c r="E147" s="21"/>
+      <c r="F147" s="1"/>
       <c r="G147" s="1"/>
       <c r="H147" s="1"/>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1"/>
       <c r="M147" s="1"/>
       <c r="N147" s="1"/>
       <c r="O147" s="1"/>
       <c r="P147" s="1"/>
       <c r="Q147" s="1"/>
       <c r="R147" s="1"/>
       <c r="S147" s="1"/>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
       <c r="X147" s="1"/>
       <c r="Y147" s="1"/>
-      <c r="Z147" s="1"/>
-[...7 lines deleted...]
-      <c r="F148" s="35"/>
+    </row>
+    <row r="148" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A148" s="20"/>
+      <c r="B148" s="20"/>
+      <c r="C148" s="20"/>
+      <c r="D148" s="20"/>
+      <c r="E148" s="21"/>
+      <c r="F148" s="1"/>
       <c r="G148" s="1"/>
       <c r="H148" s="1"/>
       <c r="I148" s="1"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
       <c r="P148" s="1"/>
       <c r="Q148" s="1"/>
       <c r="R148" s="1"/>
       <c r="S148" s="1"/>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
       <c r="X148" s="1"/>
       <c r="Y148" s="1"/>
-      <c r="Z148" s="1"/>
-[...7 lines deleted...]
-      <c r="F149" s="35"/>
+    </row>
+    <row r="149" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A149" s="20"/>
+      <c r="B149" s="20"/>
+      <c r="C149" s="20"/>
+      <c r="D149" s="20"/>
+      <c r="E149" s="21"/>
+      <c r="F149" s="1"/>
       <c r="G149" s="1"/>
       <c r="H149" s="1"/>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
       <c r="P149" s="1"/>
       <c r="Q149" s="1"/>
       <c r="R149" s="1"/>
       <c r="S149" s="1"/>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
       <c r="X149" s="1"/>
       <c r="Y149" s="1"/>
-      <c r="Z149" s="1"/>
-[...7 lines deleted...]
-      <c r="F150" s="35"/>
+    </row>
+    <row r="150" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A150" s="20"/>
+      <c r="B150" s="20"/>
+      <c r="C150" s="20"/>
+      <c r="D150" s="20"/>
+      <c r="E150" s="21"/>
+      <c r="F150" s="1"/>
       <c r="G150" s="1"/>
       <c r="H150" s="1"/>
       <c r="I150" s="1"/>
       <c r="J150" s="1"/>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
       <c r="P150" s="1"/>
       <c r="Q150" s="1"/>
       <c r="R150" s="1"/>
       <c r="S150" s="1"/>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
       <c r="X150" s="1"/>
       <c r="Y150" s="1"/>
-      <c r="Z150" s="1"/>
-[...7 lines deleted...]
-      <c r="F151" s="35"/>
+    </row>
+    <row r="151" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A151" s="20"/>
+      <c r="B151" s="20"/>
+      <c r="C151" s="20"/>
+      <c r="D151" s="20"/>
+      <c r="E151" s="21"/>
+      <c r="F151" s="1"/>
       <c r="G151" s="1"/>
       <c r="H151" s="1"/>
       <c r="I151" s="1"/>
       <c r="J151" s="1"/>
       <c r="K151" s="1"/>
       <c r="L151" s="1"/>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
       <c r="O151" s="1"/>
       <c r="P151" s="1"/>
       <c r="Q151" s="1"/>
       <c r="R151" s="1"/>
       <c r="S151" s="1"/>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
       <c r="X151" s="1"/>
       <c r="Y151" s="1"/>
-      <c r="Z151" s="1"/>
-[...7 lines deleted...]
-      <c r="F152" s="35"/>
+    </row>
+    <row r="152" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A152" s="20"/>
+      <c r="B152" s="20"/>
+      <c r="C152" s="20"/>
+      <c r="D152" s="20"/>
+      <c r="E152" s="21"/>
+      <c r="F152" s="1"/>
       <c r="G152" s="1"/>
       <c r="H152" s="1"/>
       <c r="I152" s="1"/>
       <c r="J152" s="1"/>
       <c r="K152" s="1"/>
       <c r="L152" s="1"/>
       <c r="M152" s="1"/>
       <c r="N152" s="1"/>
       <c r="O152" s="1"/>
       <c r="P152" s="1"/>
       <c r="Q152" s="1"/>
       <c r="R152" s="1"/>
       <c r="S152" s="1"/>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
       <c r="X152" s="1"/>
       <c r="Y152" s="1"/>
-      <c r="Z152" s="1"/>
-[...7 lines deleted...]
-      <c r="F153" s="35"/>
+    </row>
+    <row r="153" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A153" s="20"/>
+      <c r="B153" s="20"/>
+      <c r="C153" s="20"/>
+      <c r="D153" s="20"/>
+      <c r="E153" s="21"/>
+      <c r="F153" s="1"/>
       <c r="G153" s="1"/>
       <c r="H153" s="1"/>
       <c r="I153" s="1"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1"/>
       <c r="L153" s="1"/>
       <c r="M153" s="1"/>
       <c r="N153" s="1"/>
       <c r="O153" s="1"/>
       <c r="P153" s="1"/>
       <c r="Q153" s="1"/>
       <c r="R153" s="1"/>
       <c r="S153" s="1"/>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
       <c r="X153" s="1"/>
       <c r="Y153" s="1"/>
-      <c r="Z153" s="1"/>
-[...7 lines deleted...]
-      <c r="F154" s="35"/>
+    </row>
+    <row r="154" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A154" s="20"/>
+      <c r="B154" s="20"/>
+      <c r="C154" s="20"/>
+      <c r="D154" s="20"/>
+      <c r="E154" s="21"/>
+      <c r="F154" s="1"/>
       <c r="G154" s="1"/>
       <c r="H154" s="1"/>
       <c r="I154" s="1"/>
       <c r="J154" s="1"/>
       <c r="K154" s="1"/>
       <c r="L154" s="1"/>
       <c r="M154" s="1"/>
       <c r="N154" s="1"/>
       <c r="O154" s="1"/>
       <c r="P154" s="1"/>
       <c r="Q154" s="1"/>
       <c r="R154" s="1"/>
       <c r="S154" s="1"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
       <c r="X154" s="1"/>
       <c r="Y154" s="1"/>
-      <c r="Z154" s="1"/>
-[...7 lines deleted...]
-      <c r="F155" s="35"/>
+    </row>
+    <row r="155" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A155" s="20"/>
+      <c r="B155" s="20"/>
+      <c r="C155" s="20"/>
+      <c r="D155" s="20"/>
+      <c r="E155" s="21"/>
+      <c r="F155" s="1"/>
       <c r="G155" s="1"/>
       <c r="H155" s="1"/>
       <c r="I155" s="1"/>
       <c r="J155" s="1"/>
       <c r="K155" s="1"/>
       <c r="L155" s="1"/>
       <c r="M155" s="1"/>
       <c r="N155" s="1"/>
       <c r="O155" s="1"/>
       <c r="P155" s="1"/>
       <c r="Q155" s="1"/>
       <c r="R155" s="1"/>
       <c r="S155" s="1"/>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
       <c r="X155" s="1"/>
       <c r="Y155" s="1"/>
-      <c r="Z155" s="1"/>
-[...7 lines deleted...]
-      <c r="F156" s="35"/>
+    </row>
+    <row r="156" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A156" s="20"/>
+      <c r="B156" s="20"/>
+      <c r="C156" s="20"/>
+      <c r="D156" s="20"/>
+      <c r="E156" s="21"/>
+      <c r="F156" s="1"/>
       <c r="G156" s="1"/>
       <c r="H156" s="1"/>
       <c r="I156" s="1"/>
       <c r="J156" s="1"/>
       <c r="K156" s="1"/>
       <c r="L156" s="1"/>
       <c r="M156" s="1"/>
       <c r="N156" s="1"/>
       <c r="O156" s="1"/>
       <c r="P156" s="1"/>
       <c r="Q156" s="1"/>
       <c r="R156" s="1"/>
       <c r="S156" s="1"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
       <c r="X156" s="1"/>
       <c r="Y156" s="1"/>
-      <c r="Z156" s="1"/>
-[...7 lines deleted...]
-      <c r="F157" s="35"/>
+    </row>
+    <row r="157" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A157" s="20"/>
+      <c r="B157" s="20"/>
+      <c r="C157" s="20"/>
+      <c r="D157" s="20"/>
+      <c r="E157" s="21"/>
+      <c r="F157" s="1"/>
       <c r="G157" s="1"/>
       <c r="H157" s="1"/>
       <c r="I157" s="1"/>
       <c r="J157" s="1"/>
       <c r="K157" s="1"/>
       <c r="L157" s="1"/>
       <c r="M157" s="1"/>
       <c r="N157" s="1"/>
       <c r="O157" s="1"/>
       <c r="P157" s="1"/>
       <c r="Q157" s="1"/>
       <c r="R157" s="1"/>
       <c r="S157" s="1"/>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
       <c r="X157" s="1"/>
       <c r="Y157" s="1"/>
-      <c r="Z157" s="1"/>
-[...7 lines deleted...]
-      <c r="F158" s="35"/>
+    </row>
+    <row r="158" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A158" s="20"/>
+      <c r="B158" s="20"/>
+      <c r="C158" s="20"/>
+      <c r="D158" s="20"/>
+      <c r="E158" s="21"/>
+      <c r="F158" s="1"/>
       <c r="G158" s="1"/>
       <c r="H158" s="1"/>
       <c r="I158" s="1"/>
       <c r="J158" s="1"/>
       <c r="K158" s="1"/>
       <c r="L158" s="1"/>
       <c r="M158" s="1"/>
       <c r="N158" s="1"/>
       <c r="O158" s="1"/>
       <c r="P158" s="1"/>
       <c r="Q158" s="1"/>
       <c r="R158" s="1"/>
       <c r="S158" s="1"/>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
       <c r="X158" s="1"/>
       <c r="Y158" s="1"/>
-      <c r="Z158" s="1"/>
-[...7 lines deleted...]
-      <c r="F159" s="35"/>
+    </row>
+    <row r="159" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A159" s="20"/>
+      <c r="B159" s="20"/>
+      <c r="C159" s="20"/>
+      <c r="D159" s="20"/>
+      <c r="E159" s="21"/>
+      <c r="F159" s="1"/>
       <c r="G159" s="1"/>
       <c r="H159" s="1"/>
       <c r="I159" s="1"/>
       <c r="J159" s="1"/>
       <c r="K159" s="1"/>
       <c r="L159" s="1"/>
       <c r="M159" s="1"/>
       <c r="N159" s="1"/>
       <c r="O159" s="1"/>
       <c r="P159" s="1"/>
       <c r="Q159" s="1"/>
       <c r="R159" s="1"/>
       <c r="S159" s="1"/>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
       <c r="X159" s="1"/>
       <c r="Y159" s="1"/>
-      <c r="Z159" s="1"/>
-[...7 lines deleted...]
-      <c r="F160" s="35"/>
+    </row>
+    <row r="160" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="A160" s="20"/>
+      <c r="B160" s="20"/>
+      <c r="C160" s="20"/>
+      <c r="D160" s="20"/>
+      <c r="E160" s="21"/>
+      <c r="F160" s="1"/>
       <c r="G160" s="1"/>
       <c r="H160" s="1"/>
       <c r="I160" s="1"/>
       <c r="J160" s="1"/>
       <c r="K160" s="1"/>
       <c r="L160" s="1"/>
       <c r="M160" s="1"/>
       <c r="N160" s="1"/>
       <c r="O160" s="1"/>
       <c r="P160" s="1"/>
       <c r="Q160" s="1"/>
       <c r="R160" s="1"/>
       <c r="S160" s="1"/>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
       <c r="X160" s="1"/>
       <c r="Y160" s="1"/>
-      <c r="Z160" s="1"/>
-[...7 lines deleted...]
-      <c r="F161" s="35"/>
+    </row>
+    <row r="161" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A161" s="20"/>
+      <c r="B161" s="20"/>
+      <c r="C161" s="20"/>
+      <c r="D161" s="20"/>
+      <c r="E161" s="21"/>
+      <c r="F161" s="1"/>
       <c r="G161" s="1"/>
       <c r="H161" s="1"/>
       <c r="I161" s="1"/>
       <c r="J161" s="1"/>
       <c r="K161" s="1"/>
       <c r="L161" s="1"/>
       <c r="M161" s="1"/>
       <c r="N161" s="1"/>
       <c r="O161" s="1"/>
       <c r="P161" s="1"/>
       <c r="Q161" s="1"/>
       <c r="R161" s="1"/>
       <c r="S161" s="1"/>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
       <c r="X161" s="1"/>
       <c r="Y161" s="1"/>
-      <c r="Z161" s="1"/>
-[...7 lines deleted...]
-      <c r="F162" s="35"/>
+    </row>
+    <row r="162" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A162" s="20"/>
+      <c r="B162" s="20"/>
+      <c r="C162" s="20"/>
+      <c r="D162" s="20"/>
+      <c r="E162" s="21"/>
+      <c r="F162" s="1"/>
       <c r="G162" s="1"/>
       <c r="H162" s="1"/>
       <c r="I162" s="1"/>
       <c r="J162" s="1"/>
       <c r="K162" s="1"/>
       <c r="L162" s="1"/>
       <c r="M162" s="1"/>
       <c r="N162" s="1"/>
       <c r="O162" s="1"/>
       <c r="P162" s="1"/>
       <c r="Q162" s="1"/>
       <c r="R162" s="1"/>
       <c r="S162" s="1"/>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
       <c r="X162" s="1"/>
       <c r="Y162" s="1"/>
-      <c r="Z162" s="1"/>
-[...7 lines deleted...]
-      <c r="F163" s="35"/>
+    </row>
+    <row r="163" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A163" s="20"/>
+      <c r="B163" s="20"/>
+      <c r="C163" s="20"/>
+      <c r="D163" s="20"/>
+      <c r="E163" s="21"/>
+      <c r="F163" s="1"/>
       <c r="G163" s="1"/>
       <c r="H163" s="1"/>
       <c r="I163" s="1"/>
       <c r="J163" s="1"/>
       <c r="K163" s="1"/>
       <c r="L163" s="1"/>
       <c r="M163" s="1"/>
       <c r="N163" s="1"/>
       <c r="O163" s="1"/>
       <c r="P163" s="1"/>
       <c r="Q163" s="1"/>
       <c r="R163" s="1"/>
       <c r="S163" s="1"/>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
       <c r="X163" s="1"/>
       <c r="Y163" s="1"/>
-      <c r="Z163" s="1"/>
-[...7 lines deleted...]
-      <c r="F164" s="35"/>
+    </row>
+    <row r="164" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A164" s="20"/>
+      <c r="B164" s="20"/>
+      <c r="C164" s="20"/>
+      <c r="D164" s="20"/>
+      <c r="E164" s="21"/>
+      <c r="F164" s="1"/>
       <c r="G164" s="1"/>
       <c r="H164" s="1"/>
       <c r="I164" s="1"/>
       <c r="J164" s="1"/>
       <c r="K164" s="1"/>
       <c r="L164" s="1"/>
       <c r="M164" s="1"/>
       <c r="N164" s="1"/>
       <c r="O164" s="1"/>
       <c r="P164" s="1"/>
       <c r="Q164" s="1"/>
       <c r="R164" s="1"/>
       <c r="S164" s="1"/>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
       <c r="X164" s="1"/>
       <c r="Y164" s="1"/>
-      <c r="Z164" s="1"/>
-[...7 lines deleted...]
-      <c r="F165" s="35"/>
+    </row>
+    <row r="165" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A165" s="20"/>
+      <c r="B165" s="20"/>
+      <c r="C165" s="20"/>
+      <c r="D165" s="20"/>
+      <c r="E165" s="21"/>
+      <c r="F165" s="1"/>
       <c r="G165" s="1"/>
       <c r="H165" s="1"/>
       <c r="I165" s="1"/>
       <c r="J165" s="1"/>
       <c r="K165" s="1"/>
       <c r="L165" s="1"/>
       <c r="M165" s="1"/>
       <c r="N165" s="1"/>
       <c r="O165" s="1"/>
       <c r="P165" s="1"/>
       <c r="Q165" s="1"/>
       <c r="R165" s="1"/>
       <c r="S165" s="1"/>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
       <c r="X165" s="1"/>
       <c r="Y165" s="1"/>
-      <c r="Z165" s="1"/>
-[...7 lines deleted...]
-      <c r="F166" s="35"/>
+    </row>
+    <row r="166" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A166" s="20"/>
+      <c r="B166" s="20"/>
+      <c r="C166" s="20"/>
+      <c r="D166" s="20"/>
+      <c r="E166" s="21"/>
+      <c r="F166" s="1"/>
       <c r="G166" s="1"/>
       <c r="H166" s="1"/>
       <c r="I166" s="1"/>
       <c r="J166" s="1"/>
       <c r="K166" s="1"/>
       <c r="L166" s="1"/>
       <c r="M166" s="1"/>
       <c r="N166" s="1"/>
       <c r="O166" s="1"/>
       <c r="P166" s="1"/>
       <c r="Q166" s="1"/>
       <c r="R166" s="1"/>
       <c r="S166" s="1"/>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
       <c r="X166" s="1"/>
       <c r="Y166" s="1"/>
-      <c r="Z166" s="1"/>
-[...7 lines deleted...]
-      <c r="F167" s="35"/>
+    </row>
+    <row r="167" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A167" s="20"/>
+      <c r="B167" s="20"/>
+      <c r="C167" s="20"/>
+      <c r="D167" s="20"/>
+      <c r="E167" s="21"/>
+      <c r="F167" s="1"/>
       <c r="G167" s="1"/>
       <c r="H167" s="1"/>
       <c r="I167" s="1"/>
       <c r="J167" s="1"/>
       <c r="K167" s="1"/>
       <c r="L167" s="1"/>
       <c r="M167" s="1"/>
       <c r="N167" s="1"/>
       <c r="O167" s="1"/>
       <c r="P167" s="1"/>
       <c r="Q167" s="1"/>
       <c r="R167" s="1"/>
       <c r="S167" s="1"/>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
       <c r="X167" s="1"/>
       <c r="Y167" s="1"/>
-      <c r="Z167" s="1"/>
-[...7 lines deleted...]
-      <c r="F168" s="35"/>
+    </row>
+    <row r="168" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A168" s="20"/>
+      <c r="B168" s="20"/>
+      <c r="C168" s="20"/>
+      <c r="D168" s="20"/>
+      <c r="E168" s="21"/>
+      <c r="F168" s="1"/>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
       <c r="I168" s="1"/>
       <c r="J168" s="1"/>
       <c r="K168" s="1"/>
       <c r="L168" s="1"/>
       <c r="M168" s="1"/>
       <c r="N168" s="1"/>
       <c r="O168" s="1"/>
       <c r="P168" s="1"/>
       <c r="Q168" s="1"/>
       <c r="R168" s="1"/>
       <c r="S168" s="1"/>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
       <c r="X168" s="1"/>
       <c r="Y168" s="1"/>
-      <c r="Z168" s="1"/>
-[...7 lines deleted...]
-      <c r="F169" s="35"/>
+    </row>
+    <row r="169" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A169" s="20"/>
+      <c r="B169" s="20"/>
+      <c r="C169" s="20"/>
+      <c r="D169" s="20"/>
+      <c r="E169" s="21"/>
+      <c r="F169" s="1"/>
       <c r="G169" s="1"/>
       <c r="H169" s="1"/>
       <c r="I169" s="1"/>
       <c r="J169" s="1"/>
       <c r="K169" s="1"/>
       <c r="L169" s="1"/>
       <c r="M169" s="1"/>
       <c r="N169" s="1"/>
       <c r="O169" s="1"/>
       <c r="P169" s="1"/>
       <c r="Q169" s="1"/>
       <c r="R169" s="1"/>
       <c r="S169" s="1"/>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
       <c r="X169" s="1"/>
       <c r="Y169" s="1"/>
-      <c r="Z169" s="1"/>
-[...7 lines deleted...]
-      <c r="F170" s="35"/>
+    </row>
+    <row r="170" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A170" s="20"/>
+      <c r="B170" s="20"/>
+      <c r="C170" s="20"/>
+      <c r="D170" s="20"/>
+      <c r="E170" s="21"/>
+      <c r="F170" s="1"/>
       <c r="G170" s="1"/>
       <c r="H170" s="1"/>
       <c r="I170" s="1"/>
       <c r="J170" s="1"/>
       <c r="K170" s="1"/>
       <c r="L170" s="1"/>
       <c r="M170" s="1"/>
       <c r="N170" s="1"/>
       <c r="O170" s="1"/>
       <c r="P170" s="1"/>
       <c r="Q170" s="1"/>
       <c r="R170" s="1"/>
       <c r="S170" s="1"/>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
       <c r="X170" s="1"/>
       <c r="Y170" s="1"/>
-      <c r="Z170" s="1"/>
-[...7 lines deleted...]
-      <c r="F171" s="35"/>
+    </row>
+    <row r="171" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A171" s="20"/>
+      <c r="B171" s="20"/>
+      <c r="C171" s="20"/>
+      <c r="D171" s="20"/>
+      <c r="E171" s="21"/>
+      <c r="F171" s="1"/>
       <c r="G171" s="1"/>
       <c r="H171" s="1"/>
       <c r="I171" s="1"/>
       <c r="J171" s="1"/>
       <c r="K171" s="1"/>
       <c r="L171" s="1"/>
       <c r="M171" s="1"/>
       <c r="N171" s="1"/>
       <c r="O171" s="1"/>
       <c r="P171" s="1"/>
       <c r="Q171" s="1"/>
       <c r="R171" s="1"/>
       <c r="S171" s="1"/>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
       <c r="X171" s="1"/>
       <c r="Y171" s="1"/>
-      <c r="Z171" s="1"/>
-[...7 lines deleted...]
-      <c r="F172" s="35"/>
+    </row>
+    <row r="172" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A172" s="20"/>
+      <c r="B172" s="20"/>
+      <c r="C172" s="20"/>
+      <c r="D172" s="20"/>
+      <c r="E172" s="21"/>
+      <c r="F172" s="1"/>
       <c r="G172" s="1"/>
       <c r="H172" s="1"/>
       <c r="I172" s="1"/>
       <c r="J172" s="1"/>
       <c r="K172" s="1"/>
       <c r="L172" s="1"/>
       <c r="M172" s="1"/>
       <c r="N172" s="1"/>
       <c r="O172" s="1"/>
       <c r="P172" s="1"/>
       <c r="Q172" s="1"/>
       <c r="R172" s="1"/>
       <c r="S172" s="1"/>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
       <c r="X172" s="1"/>
-      <c r="Y172" s="1"/>
-[...33 lines deleted...]
-      <c r="AE173" s="3"/>
+      <c r="Y172" s="3"/>
+      <c r="Z172" s="6"/>
+      <c r="AA172" s="4"/>
+      <c r="AB172" s="5"/>
+      <c r="AC172" s="5"/>
+      <c r="AD172" s="3"/>
     </row>
   </sheetData>
   <dataConsolidate/>
   <hyperlinks>
-    <hyperlink ref="C7" r:id="rId1" xr:uid="{5CA472F6-9261-49CC-989B-1CFC5FF0E530}"/>
-[...126 lines deleted...]
-    <hyperlink ref="A5" r:id="rId128" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b4ca80c07-958d-4f5e-ac21-11f9aaa55cd5%7d/" xr:uid="{A6CCCCA0-EE97-4A6F-BB9B-AED072EC4C2F}"/>
+    <hyperlink ref="B8" r:id="rId1" xr:uid="{5CA472F6-9261-49CC-989B-1CFC5FF0E530}"/>
+    <hyperlink ref="B60" r:id="rId2" xr:uid="{ACCFF27C-9CFB-4374-846F-7862DE1FD6A9}"/>
+    <hyperlink ref="B54" r:id="rId3" xr:uid="{3454B7DF-2439-475F-8339-D5435CF671E2}"/>
+    <hyperlink ref="B35" r:id="rId4" xr:uid="{30D31D99-9AF6-4B4D-A46B-5875E940F32F}"/>
+    <hyperlink ref="B51" r:id="rId5" xr:uid="{DE964E85-62ED-42A6-854A-16C3AF656B17}"/>
+    <hyperlink ref="B12" r:id="rId6" xr:uid="{54C201C9-B5C4-4F48-A599-6D1FEC4D8D90}"/>
+    <hyperlink ref="B45" r:id="rId7" xr:uid="{2128D7CF-4CB6-463D-928E-47758B6DE4BB}"/>
+    <hyperlink ref="B18" r:id="rId8" xr:uid="{F67BFE16-1779-4DA5-910C-38BA7DA643B6}"/>
+    <hyperlink ref="B10" r:id="rId9" xr:uid="{67D45563-CBB5-4547-8E05-5AE6CDAE6218}"/>
+    <hyperlink ref="B37" r:id="rId10" xr:uid="{31FB10C3-CB56-40B3-8196-94A94CC28AB3}"/>
+    <hyperlink ref="B28" r:id="rId11" xr:uid="{82CC88A6-1A34-4C66-B940-846CA4E9A23C}"/>
+    <hyperlink ref="B47" r:id="rId12" xr:uid="{256E0ECE-5E8D-428F-B978-623E31A85873}"/>
+    <hyperlink ref="B23" r:id="rId13" xr:uid="{A8C7678A-A8F6-45E4-89B6-D4FA6F7136BE}"/>
+    <hyperlink ref="B61" r:id="rId14" xr:uid="{1D81DFC4-AF82-4254-B519-D8DA53387AD3}"/>
+    <hyperlink ref="B16" r:id="rId15" xr:uid="{0D4FBAC6-C7FD-425E-A3DF-B28C044A7AA5}"/>
+    <hyperlink ref="B36" r:id="rId16" xr:uid="{43C0B17D-F5B0-4302-8139-947DE608751E}"/>
+    <hyperlink ref="B33" r:id="rId17" xr:uid="{1B2D905C-82B2-4454-95F5-AE8C4E1194C6}"/>
+    <hyperlink ref="B22" r:id="rId18" xr:uid="{27381199-B44B-4256-BE19-0CC72C4C8C6E}"/>
+    <hyperlink ref="B17" r:id="rId19" xr:uid="{31CC9734-1234-498B-A521-4FF54E858DA2}"/>
+    <hyperlink ref="B44" r:id="rId20" xr:uid="{AA3A2DC4-E30B-4E5C-9108-26FDAF51B075}"/>
+    <hyperlink ref="B48" r:id="rId21" xr:uid="{3342D258-B5D8-4B5D-8B1C-8872E855F79A}"/>
+    <hyperlink ref="B49" r:id="rId22" xr:uid="{8ED412F9-1D00-467B-9558-F75C5B983F94}"/>
+    <hyperlink ref="B24" r:id="rId23" xr:uid="{40390BDD-AF76-475E-B0DC-173E393DCE22}"/>
+    <hyperlink ref="B27" r:id="rId24" xr:uid="{C6ECF232-BD72-42E2-8FC4-B476A3C0C87B}"/>
+    <hyperlink ref="B13" r:id="rId25" xr:uid="{502058DD-281D-41D4-8476-C929DA92D8D2}"/>
+    <hyperlink ref="B32" r:id="rId26" xr:uid="{18E34197-EA40-4543-AFC9-FD5915DFF1B9}"/>
+    <hyperlink ref="B42" r:id="rId27" xr:uid="{480D4A5A-210D-4A0E-AE22-152AE96F948A}"/>
+    <hyperlink ref="B26" r:id="rId28" xr:uid="{E5E59E31-E19B-4CA5-BD87-9838733DCA35}"/>
+    <hyperlink ref="B19" r:id="rId29" xr:uid="{F494FC86-9245-454D-AA0A-32AAE47DA3A0}"/>
+    <hyperlink ref="B14" r:id="rId30" xr:uid="{47E20729-CAAE-4BAC-9F3C-73438868B522}"/>
+    <hyperlink ref="B39" r:id="rId31" xr:uid="{5B57C3E7-FD9B-45E5-BA7A-54A0A26D3A0D}"/>
+    <hyperlink ref="B4" r:id="rId32" xr:uid="{5593BF52-55C1-4031-A879-6EEED5694691}"/>
+    <hyperlink ref="B30" r:id="rId33" xr:uid="{F0F6468D-B065-4A10-9B6F-88B1280500CE}"/>
+    <hyperlink ref="B3" r:id="rId34" xr:uid="{90C3680B-D3DC-41C7-AFCB-8564F63A4B93}"/>
+    <hyperlink ref="B7" r:id="rId35" xr:uid="{ED30DF2F-2941-4F37-9F0E-AE52E82B6143}"/>
+    <hyperlink ref="A3" r:id="rId36" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b131c1055-ef1f-4807-8a01-991c708b3b12%7d/" xr:uid="{B3E42D52-2AFC-43A9-9D10-E550A23C373A}"/>
+    <hyperlink ref="A4" r:id="rId37" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b654b5645-9dd0-422b-817b-4048ba2a710f%7d/" xr:uid="{B1926638-ECC5-4AA2-AD98-68245635FFE3}"/>
+    <hyperlink ref="A5" r:id="rId38" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b2d7957d9-37f6-488c-a77e-45eee879cd8f%7d/" xr:uid="{268DD379-6901-404B-976C-4F7E7D10B14F}"/>
+    <hyperlink ref="A7" r:id="rId39" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bfe759c41-1dbe-4908-8ae4-d518f8967a8b%7d/" xr:uid="{44FFA2E2-251B-40D0-9D0C-C2EF1DE4F802}"/>
+    <hyperlink ref="A8" r:id="rId40" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b51e07ae0-e5b4-43c4-8b1e-48be729fe6ab%7d/" xr:uid="{2BF7FEC7-1EEC-40B7-8E13-00C305E1542B}"/>
+    <hyperlink ref="A10" r:id="rId41" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7be4507097-240b-4f90-b152-47196bde1c7c%7d/" xr:uid="{E8DF4E76-6F1F-4460-BF1B-44C2EB55845D}"/>
+    <hyperlink ref="A12" r:id="rId42" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b956b664f-7cf2-4e5e-b218-df418f73e237%7d/" xr:uid="{E41A616A-C781-4C23-AD33-6EB3478B7D0B}"/>
+    <hyperlink ref="A13" r:id="rId43" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b2d509d46-fed7-48ed-9f9a-0b191a223a2a%7d/" xr:uid="{70E74D9B-AB3D-4519-97AB-3AFFA3D5CF1E}"/>
+    <hyperlink ref="A14" r:id="rId44" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b3794235b-c436-43b3-9bc0-f255fae094cd%7d/" xr:uid="{10A6B6D8-AE73-4A3C-A1E4-38E2076DD61B}"/>
+    <hyperlink ref="A16" r:id="rId45" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b2a0dac44-76dd-4781-837e-340e1306d005%7d/" xr:uid="{7D10A443-A0E7-48AF-9188-C7BF435B81C2}"/>
+    <hyperlink ref="A17" r:id="rId46" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bf36e8137-306b-4b57-aee5-8986e71bcc1f%7d/" xr:uid="{F9E98C84-4C80-4981-A2DF-4D47E1C34114}"/>
+    <hyperlink ref="A18" r:id="rId47" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7ba0354984-2fe5-435e-b8be-2480eb5f9ffb%7d/" xr:uid="{50CABC60-1074-472F-BED8-A21F3F3D6B93}"/>
+    <hyperlink ref="A19" r:id="rId48" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b4eae1720-654c-401d-abfb-0fd56ee88a3b%7d/" xr:uid="{31AC1B4F-673F-4C70-B9A6-6A4549F5306B}"/>
+    <hyperlink ref="A20" r:id="rId49" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bfb8d6c83-418e-42a2-b864-911145734aef%7d/" xr:uid="{9CA46BF6-2845-42E7-8CE2-46CBC8E8E706}"/>
+    <hyperlink ref="A21" r:id="rId50" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b065d0a0d-f4f6-41cb-b824-9a79a6e42ae6%7d/" xr:uid="{D01134CE-A820-49C6-A4DB-2CA50A2D9C58}"/>
+    <hyperlink ref="A22" r:id="rId51" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b768e3f83-678c-4559-b9c3-7c516ba13cdc%7d/" xr:uid="{C079B0EF-781B-426B-AF05-3B835C5D3F9B}"/>
+    <hyperlink ref="A23" r:id="rId52" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b0e9493d6-80d3-4504-9a08-304118e76d53%7d/" xr:uid="{AD006FCC-E366-4784-9852-18862DB918CC}"/>
+    <hyperlink ref="A24" r:id="rId53" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b629e85de-e3ff-4582-a55b-6b5cf8229bdb%7d/" xr:uid="{1BA602D6-9D26-4A05-8546-9F4D6A3B7F8F}"/>
+    <hyperlink ref="A26" r:id="rId54" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bc2ffd10b-4d5f-4d7d-8da7-d206fbc32888%7d/" xr:uid="{4936D878-5A3E-4168-A8D0-129ED45FAA02}"/>
+    <hyperlink ref="A27" r:id="rId55" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b07a91878-5e05-41d1-b2d8-f0fd74651c8c%7d/" xr:uid="{78654D09-2D79-4CC2-B981-28DD199E7806}"/>
+    <hyperlink ref="A28" r:id="rId56" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bbb41f24e-95a5-4991-8f06-085ee63c4b1f%7d/" xr:uid="{ADB40DC5-482F-481B-919E-EFA6DA68636D}"/>
+    <hyperlink ref="A30" r:id="rId57" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bb6817d3b-a46d-4733-811a-3ff68f676899%7d/" xr:uid="{45195513-5EB7-4D05-BFFD-B9B457941515}"/>
+    <hyperlink ref="A31" r:id="rId58" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b923e13e6-c1d7-4cb3-b7ca-c27cce9aa9f7%7d/" xr:uid="{1A6E3455-E20C-490B-8111-92FB8929C499}"/>
+    <hyperlink ref="A32" r:id="rId59" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b9849f07f-f671-4eae-8c7a-a3eee45b75df%7d/" xr:uid="{C85E7BAC-C1A7-4166-A696-3DB57DDA7CE9}"/>
+    <hyperlink ref="A33" r:id="rId60" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7ba0b9e78a-31a1-4293-901d-792e50171937%7d/" xr:uid="{5F4BF057-162E-4403-9537-A97C1AF61222}"/>
+    <hyperlink ref="A35" r:id="rId61" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bace88263-8846-4f6d-918b-dca1bd24fd1b%7d/" xr:uid="{2BF23FB9-8627-4BEA-ABFA-6ED64295FFCF}"/>
+    <hyperlink ref="A36" r:id="rId62" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b1c7ba900-9763-4466-b292-91ead2a73e22%7d/" xr:uid="{E1CB295D-2242-42AB-A600-6D310415B105}"/>
+    <hyperlink ref="A37" r:id="rId63" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7bb17506f4-f6a5-40cb-a616-ae8de45f180a%7d/" xr:uid="{4F5AE05D-B535-4102-8D30-8C656B648CD4}"/>
+    <hyperlink ref="A39" r:id="rId64" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b1364797d-0a78-4495-805d-014b0f09ec61%7d/" xr:uid="{E76DC9F3-EDF3-4438-995D-F2C9D12824AC}"/>
+    <hyperlink ref="A42" r:id="rId65" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b0ae93266-1032-4fc0-8398-f2608cc77280%7d/" xr:uid="{38E01B91-CB17-41AF-8FC8-89E7E83DD733}"/>
+    <hyperlink ref="A44" r:id="rId66" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7ba8713ce4-9064-4a41-8a9a-210d414fdeff%7d/" xr:uid="{029A3E8B-99F6-44B4-969F-445E4A0B1390}"/>
+    <hyperlink ref="A45" r:id="rId67" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b3ad15356-d8c6-4a0d-b64f-5d355b7343d5%7d/" xr:uid="{C4EF3A82-2159-4847-98E5-CE23F0DF1BF2}"/>
+    <hyperlink ref="A46" r:id="rId68" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b3081df2a-dc0a-4d00-9365-0a03e704bcd7%7d/" xr:uid="{7BEBEF90-9B4E-4531-8F3A-08F65F89F4FC}"/>
+    <hyperlink ref="A47" r:id="rId69" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b27680d1f-0cdb-4488-a747-ef4f955ec0d7%7d/" xr:uid="{3A5911E8-1E2A-418E-827C-CE0ED23E55B6}"/>
+    <hyperlink ref="A48" r:id="rId70" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b03a5a56f-1a1d-41e6-b9c2-08317f1f98bf%7d/" xr:uid="{FCC5A813-F70B-4616-AA2D-A6834A605403}"/>
+    <hyperlink ref="A49" r:id="rId71" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b45da720f-d0dc-4159-8ab1-3fab8eb967a0%7d/" xr:uid="{7D34C59E-15AB-4869-966A-CD582EB81C15}"/>
+    <hyperlink ref="A51" r:id="rId72" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b7d2e758c-4b25-4678-895f-af313e7e9df3%7d/" xr:uid="{FD2235C3-8BCE-47E7-8D52-B08F9A383E48}"/>
+    <hyperlink ref="A52" r:id="rId73" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b7cde706b-d44c-4004-8bbe-3a715d3f2e17%7d/" xr:uid="{871A05A9-4FB2-4BE7-A63B-B04F927357CD}"/>
+    <hyperlink ref="A54" r:id="rId74" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b4df6304d-788e-4d47-8419-71bbc6d4f68c%7d/" xr:uid="{CA7EB03B-AA32-4672-AAD8-D2B6582F4129}"/>
+    <hyperlink ref="A56" r:id="rId75" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7be1974882-ebde-4d8f-98a9-43a138db303d%7d/" xr:uid="{6CC411E2-6B94-43B1-BEE4-039A60C7A8F1}"/>
+    <hyperlink ref="A58" r:id="rId76" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b49276fb2-5620-4812-a6d3-5f9fc29b9313%7d/" xr:uid="{F0164D3A-ABF3-496D-A6C8-47267E9B870D}"/>
+    <hyperlink ref="A59" r:id="rId77" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b7dc0a924-c798-4b58-bba8-369541f4d30f%7d/" xr:uid="{B3266963-DC2C-48F8-A4B4-1F84F297BAD4}"/>
+    <hyperlink ref="A60" r:id="rId78" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b185cf62c-712f-4798-a289-d8d7c54d6c7a%7d/" xr:uid="{DF3247E2-9548-40D8-A5A3-E5FF26F96A8A}"/>
+    <hyperlink ref="A61" r:id="rId79" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b4c669264-770f-4988-919c-4ee0b2d6984a%7d/" xr:uid="{7A2E1172-B2A1-4E04-BA5B-7CE9693189B5}"/>
+    <hyperlink ref="A62" r:id="rId80" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b95cc547b-cd6e-468a-b7b5-b644a64822a9%7d/" xr:uid="{607A82AB-EFE6-4C7A-B69E-21213F026732}"/>
+    <hyperlink ref="B38" r:id="rId81" xr:uid="{EE595CED-4456-4E5E-8945-7327D195ED1A}"/>
+    <hyperlink ref="A38" r:id="rId82" display="pw:\\HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise\Documents\External Partnerships\Dispute Review Board (DRB)\Morrison, James\" xr:uid="{2E0C8FFA-D0BC-4EDF-BF11-423B9B121117}"/>
+    <hyperlink ref="B34" r:id="rId83" xr:uid="{A29B79BC-D4CE-40C4-8CB3-94B8AE1BA9ED}"/>
+    <hyperlink ref="A34" r:id="rId84" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b94990086-8935-497c-b33f-5de52c7309a1%7d/" xr:uid="{0D384194-58F6-4333-AC94-773214231886}"/>
+    <hyperlink ref="A64" r:id="rId85" display="pw://HCS591PWISPA901.som.ad.state.mi.us:MDOTProjectWise/Documents/P%7b8c996d90-dc25-4ed6-adfb-a88e99b357f1%7d/" xr:uid="{AE1730A1-9A4F-4196-B58F-20B79254FBA7}"/>
+    <hyperlink ref="A65" r:id="rId86" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/D%7ba2609fe3-8db0-4cb7-a2dc-ae7bbdf18a84%7d" xr:uid="{2667A8DC-DC53-496C-B4B1-DD2BCC3DDC7B}"/>
+    <hyperlink ref="A43" r:id="rId87" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b55aa8806-3a5f-4b9f-86d4-430cddd77af7%7d/" xr:uid="{648DAF61-B770-4713-B7C4-61A22D0F51EA}"/>
+    <hyperlink ref="B57" r:id="rId88" xr:uid="{30BC4AC7-F248-459E-8E8C-9F139EEDB0EE}"/>
+    <hyperlink ref="A57" r:id="rId89" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b65758454-5201-401c-a4c4-858d0ce0e781%7d/" xr:uid="{D4EEBC00-665E-4010-A55A-9DEB2D23CCFB}"/>
+    <hyperlink ref="A11" r:id="rId90" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7bf7d90619-07b9-4170-aefc-301b9b8e5213%7d/" xr:uid="{E35D92EC-97BF-4F04-AFEC-94952EC85592}"/>
+    <hyperlink ref="B11" r:id="rId91" xr:uid="{9DF72F9D-7CEC-4A8C-B6FF-4F01F8AC6E5A}"/>
+    <hyperlink ref="A66" r:id="rId92" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b0a68f53f-05f6-4ebb-92df-fdc36d822614%7d/" xr:uid="{AF981E24-9E94-4BC3-8A4E-E5413307BD51}"/>
+    <hyperlink ref="B66" r:id="rId93" xr:uid="{648BBD21-94A1-428C-AEF7-532CC0059C1D}"/>
+    <hyperlink ref="B9" r:id="rId94" xr:uid="{FB63FE12-FA96-41E1-AA07-CFF7FDB773AA}"/>
+    <hyperlink ref="A9" r:id="rId95" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b053562f6-0f58-43f8-912c-a40d0702836c%7d/" xr:uid="{DC97A98B-4910-414F-8C2C-30D09B52BD2F}"/>
+    <hyperlink ref="B41" r:id="rId96" xr:uid="{54316467-5671-4855-B8F4-15DF1CDF3C3F}"/>
+    <hyperlink ref="B40" r:id="rId97" xr:uid="{F38192D2-A12E-4144-BBDD-02250391B382}"/>
+    <hyperlink ref="A40" r:id="rId98" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b85ef2aaa-f4fa-4905-957e-9dac24cbf02b%7d/" xr:uid="{937A6177-19DF-47A3-A2DE-3F5F82DD49FB}"/>
+    <hyperlink ref="A41" r:id="rId99" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b69fa2b8a-c357-4600-a7bc-d7ac4e96aa08%7d/" xr:uid="{45D748B5-3C97-45E5-864D-C5F67C59294D}"/>
+    <hyperlink ref="B53" r:id="rId100" xr:uid="{C5ECFDAE-3AC0-4F5D-A7D7-011E0F5D2BCC}"/>
+    <hyperlink ref="A53" r:id="rId101" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b734a5741-29dd-4412-a79a-89afda6a93ad%7d/" xr:uid="{1273AAEF-BAD9-4ABF-8E87-B60E0D04875F}"/>
+    <hyperlink ref="A15" r:id="rId102" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b77e8ff77-657f-46e7-b60c-350f49ad3df0%7d/" xr:uid="{B9735390-FBD8-4C51-AABD-BB57ABBC914D}"/>
+    <hyperlink ref="B15" r:id="rId103" xr:uid="{BB4DE366-2CF8-4627-B344-260A0582D2EE}"/>
+    <hyperlink ref="A50" r:id="rId104" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7bbce20041-46a7-4f4f-b2be-77c316ac4279%7d/" xr:uid="{0AA31334-C26A-4E60-AE27-7571C00A5A95}"/>
+    <hyperlink ref="B50" r:id="rId105" xr:uid="{CD0C2E11-2B77-47A7-97FD-07EDA48337CF}"/>
+    <hyperlink ref="A63" r:id="rId106" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b7a46090d-f67b-471b-9f8c-4e6a4b5134c5%7d/" xr:uid="{D94F9EC0-B262-4F4A-AD9C-5B79C15DC6FB}"/>
+    <hyperlink ref="B63" r:id="rId107" xr:uid="{2514E71F-1521-4FFC-908F-02F88CD6B6FA}"/>
+    <hyperlink ref="B64" r:id="rId108" xr:uid="{4716DB2E-D9CA-4512-A717-DBAFDEB60D72}"/>
+    <hyperlink ref="B65" r:id="rId109" xr:uid="{E21DE5E3-1550-47EC-87D0-541F0C4980AC}"/>
+    <hyperlink ref="B62" r:id="rId110" xr:uid="{0E949464-8B52-4943-897F-D9A4A73DCF13}"/>
+    <hyperlink ref="B59" r:id="rId111" xr:uid="{2250D99C-E4AF-43D6-A2C2-FF995572A846}"/>
+    <hyperlink ref="B58" r:id="rId112" xr:uid="{3F40C365-5E07-42E3-8F80-C0629F939E05}"/>
+    <hyperlink ref="B56" r:id="rId113" xr:uid="{7D0C8FD0-CF56-416E-95DD-3E6EB0949594}"/>
+    <hyperlink ref="B52" r:id="rId114" xr:uid="{EBE66E0B-3EF7-4420-847C-2B5C7059EE00}"/>
+    <hyperlink ref="B31" r:id="rId115" xr:uid="{9CBC9797-0BA3-4550-B1CD-822F124538BA}"/>
+    <hyperlink ref="B43" r:id="rId116" xr:uid="{9415CC14-F537-4AE5-8A48-D4BF8EA1472F}"/>
+    <hyperlink ref="B46" r:id="rId117" xr:uid="{D76CE914-03DF-41FE-AED9-3B324ADE887C}"/>
+    <hyperlink ref="B5" r:id="rId118" xr:uid="{C5DE759E-1E41-439D-9F62-3AB9821FD3BF}"/>
+    <hyperlink ref="B21" r:id="rId119" xr:uid="{2E77514F-DD24-49E4-BD01-4BDB33A94954}"/>
+    <hyperlink ref="B29" r:id="rId120" xr:uid="{8F753817-9436-4D36-AB7B-9C76BC9EF0A7}"/>
+    <hyperlink ref="B25" r:id="rId121" xr:uid="{AA12FE8A-429E-441B-938B-F9A150856BB7}"/>
+    <hyperlink ref="B55" r:id="rId122" xr:uid="{756669C2-615D-4EB0-8B04-C8A602405642}"/>
+    <hyperlink ref="B6" r:id="rId123" xr:uid="{016C68B6-CB1B-49AC-A402-D85043AAF595}"/>
+    <hyperlink ref="A6" r:id="rId124" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b4ca80c07-958d-4f5e-ac21-11f9aaa55cd5%7d/" xr:uid="{A6CCCCA0-EE97-4A6F-BB9B-AED072EC4C2F}"/>
+    <hyperlink ref="A2" r:id="rId125" display="pw://HCV591PWISPAA01.ngds.state.mi.us:MDOTProjectWise/Documents/P%7b152b11e7-898c-481b-a678-72e3b2cb622e%7d/" xr:uid="{660B39AA-8E23-4130-93FE-B391D0CA6D5C}"/>
+    <hyperlink ref="B2" r:id="rId126" xr:uid="{51E3FCAB-2397-46EC-BB97-136C9A8F9851}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.45" right="0.45" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="17" scale="95" orientation="landscape" r:id="rId129"/>
+  <pageSetup paperSize="17" scale="95" orientation="landscape" r:id="rId127"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>